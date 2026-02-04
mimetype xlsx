--- v0 (2025-10-31)
+++ v1 (2026-02-04)
@@ -12,92 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Modo</t>
   </si>
   <si>
     <t>Operación</t>
   </si>
   <si>
     <t>Carga</t>
   </si>
   <si>
     <t>Aéreo/Courier/Postal</t>
   </si>
   <si>
     <t>EXPORTACION</t>
   </si>
   <si>
-    <t>EXPORTACIÓN</t>
-[...2 lines deleted...]
-    <t>IMPORTACIÓN</t>
+    <t>IMPORTACION</t>
   </si>
   <si>
     <t>Carretero/Terrestre</t>
   </si>
   <si>
     <t>Marítima, Fluvial y Lacustre</t>
   </si>
   <si>
     <t>Oleoductos, Gasoductos</t>
   </si>
   <si>
     <t>Otras</t>
   </si>
   <si>
     <t>Tendido Eléctrico</t>
-  </si>
-[...1 lines deleted...]
-    <t>IMPORTACION</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -401,994 +395,1302 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D67"/>
+  <dimension ref="A1:D89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>2019</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2">
         <v>874493</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3" t="s">
         <v>6</v>
       </c>
       <c r="D3">
-        <v>786773</v>
+        <v>1234726</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B4" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C4" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D4">
-        <v>2902327</v>
+        <v>1251944</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
       <c r="D5">
-        <v>1255605</v>
+        <v>3874298</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D6">
-        <v>3725033</v>
+        <v>59154812</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>6</v>
       </c>
       <c r="D7">
-        <v>66674448</v>
+        <v>55925465</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D8">
-        <v>58739839</v>
+        <v>103</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B9" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>6</v>
       </c>
       <c r="D9">
-        <v>155889</v>
+        <v>1912653</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D10">
-        <v>375192</v>
+        <v>378</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B11" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C11" t="s">
         <v>6</v>
       </c>
       <c r="D11">
-        <v>69</v>
+        <v>219156</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B12" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C12" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D12">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B13" t="s">
         <v>4</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D13">
-        <v>1234726</v>
+        <v>529653</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B14" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C14" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D14">
-        <v>1251944</v>
+        <v>460320</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B15" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D15">
-        <v>3874298</v>
+        <v>1417496</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C16" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D16">
-        <v>59154812</v>
+        <v>3860641</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D17">
-        <v>55925465</v>
+        <v>62986376</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B18" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D18">
-        <v>103</v>
+        <v>53076661</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B19" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D19">
-        <v>1912653</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B20" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D20">
-        <v>378</v>
+        <v>1301572</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B21" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C21" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D21">
-        <v>219156</v>
+        <v>216</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B22" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C22" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D22">
-        <v>19</v>
+        <v>241034</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>2020</v>
       </c>
       <c r="B23" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C23" t="s">
         <v>5</v>
       </c>
       <c r="D23">
-        <v>529653</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B24" t="s">
         <v>4</v>
       </c>
       <c r="C24" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D24">
-        <v>460320</v>
+        <v>475451</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B25" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C25" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D25">
-        <v>1417496</v>
+        <v>497965</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B26" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C26" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D26">
-        <v>3860641</v>
+        <v>1382911</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B27" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C27" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D27">
-        <v>62986376</v>
+        <v>5503998</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B28" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D28">
-        <v>53076661</v>
+        <v>63825610</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B29" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D29">
-        <v>1</v>
+        <v>62324271</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B30" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D30">
-        <v>1301572</v>
+        <v>8168</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B31" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D31">
-        <v>216</v>
+        <v>963525</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C32" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D32">
-        <v>241034</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B33" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C33" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D33">
-        <v>0</v>
+        <v>176654</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>2021</v>
       </c>
       <c r="B34" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C34" t="s">
         <v>5</v>
       </c>
       <c r="D34">
-        <v>475451</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B35" t="s">
         <v>4</v>
       </c>
       <c r="C35" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D35">
-        <v>497965</v>
+        <v>672382</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B36" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C36" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D36">
-        <v>1382911</v>
+        <v>1084242</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B37" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C37" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D37">
-        <v>5503998</v>
+        <v>1557097</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B38" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C38" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D38">
-        <v>63825610</v>
+        <v>5617597</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B39" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D39">
-        <v>62324271</v>
+        <v>61479054</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B40" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D40">
-        <v>8168</v>
+        <v>56764614</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B41" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D41">
-        <v>963525</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B42" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D42">
-        <v>17</v>
+        <v>2505150</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B43" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C43" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D43">
-        <v>176654</v>
+        <v>275</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B44" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C44" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D44">
-        <v>0</v>
+        <v>188598</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>2022</v>
       </c>
       <c r="B45" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C45" t="s">
         <v>5</v>
       </c>
       <c r="D45">
-        <v>672382</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B46" t="s">
         <v>4</v>
       </c>
       <c r="C46" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D46">
-        <v>1084242</v>
+        <v>704773</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B47" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C47" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D47">
-        <v>1557097</v>
+        <v>126154</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B48" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C48" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D48">
-        <v>5617597</v>
+        <v>1735456</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B49" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C49" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D49">
-        <v>61479054</v>
+        <v>4792083</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B50" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D50">
-        <v>56764614</v>
+        <v>62075516</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B51" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D51">
-        <v>0</v>
+        <v>50520736</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B52" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D52">
-        <v>2505150</v>
+        <v>138</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B53" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D53">
-        <v>275</v>
+        <v>3415133</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B54" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C54" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D54">
-        <v>188598</v>
+        <v>27916</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B55" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C55" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D55">
-        <v>0</v>
+        <v>223840</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D56">
-        <v>135641</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B57" t="s">
         <v>4</v>
       </c>
       <c r="C57" t="s">
         <v>5</v>
       </c>
       <c r="D57">
-        <v>704773</v>
+        <v>666157</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B58" t="s">
         <v>4</v>
       </c>
       <c r="C58" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D58">
-        <v>126154</v>
+        <v>134570</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B59" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C59" t="s">
         <v>5</v>
       </c>
       <c r="D59">
-        <v>1735456</v>
+        <v>1549374</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B60" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C60" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D60">
-        <v>4792083</v>
+        <v>5137791</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B61" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C61" t="s">
         <v>5</v>
       </c>
       <c r="D61">
-        <v>62075516</v>
+        <v>63548250</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B62" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D62">
-        <v>50520736</v>
+        <v>47542606</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B63" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>5</v>
       </c>
       <c r="D63">
-        <v>138</v>
+        <v>59802</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B64" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D64">
-        <v>3415133</v>
+        <v>5774687</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B65" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C65" t="s">
         <v>5</v>
       </c>
       <c r="D65">
-        <v>27916</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B66" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C66" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D66">
-        <v>223840</v>
+        <v>193235</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B67" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C67" t="s">
         <v>5</v>
       </c>
       <c r="D67">
-        <v>140</v>
+        <v>142</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68">
+        <v>2018</v>
+      </c>
+      <c r="B68" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68" t="s">
+        <v>6</v>
+      </c>
+      <c r="D68">
+        <v>2902327</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69">
+        <v>2018</v>
+      </c>
+      <c r="B69" t="s">
+        <v>7</v>
+      </c>
+      <c r="C69" t="s">
+        <v>6</v>
+      </c>
+      <c r="D69">
+        <v>3725033</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70">
+        <v>2018</v>
+      </c>
+      <c r="B70" t="s">
+        <v>8</v>
+      </c>
+      <c r="C70" t="s">
+        <v>6</v>
+      </c>
+      <c r="D70">
+        <v>58739839</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71">
+        <v>2018</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>6</v>
+      </c>
+      <c r="D71">
+        <v>375192</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72">
+        <v>2018</v>
+      </c>
+      <c r="B72" t="s">
+        <v>10</v>
+      </c>
+      <c r="C72" t="s">
+        <v>6</v>
+      </c>
+      <c r="D72">
+        <v>135641</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73">
+        <v>2018</v>
+      </c>
+      <c r="B73" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" t="s">
+        <v>5</v>
+      </c>
+      <c r="D73">
+        <v>786773</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74">
+        <v>2018</v>
+      </c>
+      <c r="B74" t="s">
+        <v>7</v>
+      </c>
+      <c r="C74" t="s">
+        <v>5</v>
+      </c>
+      <c r="D74">
+        <v>1255605</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75">
+        <v>2018</v>
+      </c>
+      <c r="B75" t="s">
+        <v>8</v>
+      </c>
+      <c r="C75" t="s">
+        <v>5</v>
+      </c>
+      <c r="D75">
+        <v>66674448</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76">
+        <v>2018</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>5</v>
+      </c>
+      <c r="D76">
+        <v>155889</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77">
+        <v>2018</v>
+      </c>
+      <c r="B77" t="s">
+        <v>10</v>
+      </c>
+      <c r="C77" t="s">
+        <v>5</v>
+      </c>
+      <c r="D77">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78">
+        <v>2018</v>
+      </c>
+      <c r="B78" t="s">
+        <v>11</v>
+      </c>
+      <c r="C78" t="s">
+        <v>5</v>
+      </c>
+      <c r="D78">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79">
+        <v>2025</v>
+      </c>
+      <c r="B79" t="s">
+        <v>4</v>
+      </c>
+      <c r="C79" t="s">
+        <v>5</v>
+      </c>
+      <c r="D79">
+        <v>714303</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80">
+        <v>2025</v>
+      </c>
+      <c r="B80" t="s">
+        <v>7</v>
+      </c>
+      <c r="C80" t="s">
+        <v>5</v>
+      </c>
+      <c r="D80">
+        <v>1650846</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81">
+        <v>2025</v>
+      </c>
+      <c r="B81" t="s">
+        <v>8</v>
+      </c>
+      <c r="C81" t="s">
+        <v>5</v>
+      </c>
+      <c r="D81">
+        <v>64388661</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82">
+        <v>2025</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>5</v>
+      </c>
+      <c r="D82">
+        <v>22400</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83">
+        <v>2025</v>
+      </c>
+      <c r="B83" t="s">
+        <v>10</v>
+      </c>
+      <c r="C83" t="s">
+        <v>5</v>
+      </c>
+      <c r="D83">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84">
+        <v>2025</v>
+      </c>
+      <c r="B84" t="s">
+        <v>11</v>
+      </c>
+      <c r="C84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85">
+        <v>2025</v>
+      </c>
+      <c r="B85" t="s">
+        <v>4</v>
+      </c>
+      <c r="C85" t="s">
+        <v>6</v>
+      </c>
+      <c r="D85">
+        <v>143749</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86">
+        <v>2025</v>
+      </c>
+      <c r="B86" t="s">
+        <v>7</v>
+      </c>
+      <c r="C86" t="s">
+        <v>6</v>
+      </c>
+      <c r="D86">
+        <v>5300682</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87">
+        <v>2025</v>
+      </c>
+      <c r="B87" t="s">
+        <v>8</v>
+      </c>
+      <c r="C87" t="s">
+        <v>6</v>
+      </c>
+      <c r="D87">
+        <v>50678303</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88">
+        <v>2025</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>6</v>
+      </c>
+      <c r="D88">
+        <v>6536736</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89">
+        <v>2025</v>
+      </c>
+      <c r="B89" t="s">
+        <v>10</v>
+      </c>
+      <c r="C89" t="s">
+        <v>6</v>
+      </c>
+      <c r="D89">
+        <v>169693</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>