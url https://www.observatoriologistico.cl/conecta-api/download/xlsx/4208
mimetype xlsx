--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -655,171 +655,171 @@
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8">
         <v>1878915.0</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>2024.0</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>8</v>
       </c>
       <c r="E9">
-        <v>567719714.0</v>
+        <v>47776822.0</v>
       </c>
       <c r="F9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>2024.0</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10">
-        <v>0.7</v>
+        <v>1.2</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>2024.0</v>
       </c>
       <c r="B11" t="s">
         <v>6</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11">
-        <v>2521024742.0</v>
+        <v>206075247.0</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>2024.0</v>
       </c>
       <c r="B12" t="s">
         <v>6</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12">
-        <v>2.9</v>
+        <v>5.4</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>2024.0</v>
       </c>
       <c r="B13" t="s">
         <v>6</v>
       </c>
       <c r="C13" t="s">
         <v>22</v>
       </c>
       <c r="D13" t="s">
         <v>16</v>
       </c>
       <c r="E13">
-        <v>17473808007.0</v>
+        <v>17473807517.0</v>
       </c>
       <c r="F13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>2024.0</v>
       </c>
       <c r="B14" t="s">
         <v>6</v>
       </c>
       <c r="C14" t="s">
         <v>22</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14">
-        <v>20.1</v>
+        <v>456.5</v>
       </c>
       <c r="F14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>2024.0</v>
       </c>
       <c r="B15" t="s">
         <v>6</v>
       </c>
       <c r="C15" t="s">
         <v>22</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15">
-        <v>868781649.0</v>
+        <v>38281246.0</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>2024.0</v>
       </c>
       <c r="B16" t="s">
         <v>6</v>
       </c>
       <c r="C16" t="s">
         <v>23</v>
       </c>
       <c r="D16" t="s">
         <v>8</v>
       </c>
       <c r="E16">
         <v>12172471.0</v>
       </c>
       <c r="F16" t="s">
         <v>9</v>
       </c>
     </row>
@@ -935,251 +935,251 @@
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22">
         <v>8193599.0</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>2024.0</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>8</v>
       </c>
       <c r="E23">
-        <v>566602970.0</v>
+        <v>46660078.0</v>
       </c>
       <c r="F23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>2024.0</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24">
-        <v>4.0</v>
+        <v>15.1</v>
       </c>
       <c r="F24" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>2024.0</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25">
-        <v>0.7</v>
+        <v>1.5</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>2024.0</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26">
-        <v>2514738737.0</v>
+        <v>199789242.0</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>2024.0</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>28</v>
       </c>
       <c r="E27">
-        <v>17.6</v>
+        <v>64.8</v>
       </c>
       <c r="F27" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>2024.0</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>14</v>
       </c>
       <c r="E28">
-        <v>2.9</v>
+        <v>6.3</v>
       </c>
       <c r="F28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>2024.0</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>16</v>
       </c>
       <c r="E29">
-        <v>16347934419.0</v>
+        <v>16347933929.0</v>
       </c>
       <c r="F29" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>2024.0</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>30</v>
       </c>
       <c r="E30">
-        <v>114.6</v>
+        <v>5304.6</v>
       </c>
       <c r="F30" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>2024.0</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
       <c r="E31">
-        <v>19.0</v>
+        <v>513.3</v>
       </c>
       <c r="F31" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>2024.0</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>32</v>
       </c>
       <c r="E32">
-        <v>142676056.0</v>
+        <v>3081840.0</v>
       </c>
       <c r="F32" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
         <v>2024.0</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33">
-        <v>862349192.0</v>
+        <v>31848789.0</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
         <v>2024.0</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>34</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34">
         <v>2297992.0</v>
       </c>
       <c r="F34" t="s">
         <v>9</v>
       </c>
     </row>
@@ -1575,171 +1575,171 @@
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54">
         <v>7072569.0</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
         <v>2024.0</v>
       </c>
       <c r="B55" t="s">
         <v>37</v>
       </c>
       <c r="C55">
         <v>2024</v>
       </c>
       <c r="D55" t="s">
         <v>8</v>
       </c>
       <c r="E55">
-        <v>582279436.0</v>
+        <v>62336544.0</v>
       </c>
       <c r="F55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
         <v>2024.0</v>
       </c>
       <c r="B56" t="s">
         <v>37</v>
       </c>
       <c r="C56">
         <v>2024</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56">
-        <v>0.7</v>
+        <v>1.3</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
         <v>2024.0</v>
       </c>
       <c r="B57" t="s">
         <v>37</v>
       </c>
       <c r="C57">
         <v>2024</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57">
-        <v>2578255849.0</v>
+        <v>263306353.0</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
         <v>2024.0</v>
       </c>
       <c r="B58" t="s">
         <v>37</v>
       </c>
       <c r="C58">
         <v>2024</v>
       </c>
       <c r="D58" t="s">
         <v>14</v>
       </c>
       <c r="E58">
-        <v>2.9</v>
+        <v>5.4</v>
       </c>
       <c r="F58" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
         <v>2024.0</v>
       </c>
       <c r="B59" t="s">
         <v>37</v>
       </c>
       <c r="C59">
         <v>2024</v>
       </c>
       <c r="D59" t="s">
         <v>16</v>
       </c>
       <c r="E59">
-        <v>22466360965.0</v>
+        <v>22466360475.0</v>
       </c>
       <c r="F59" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
         <v>2024.0</v>
       </c>
       <c r="B60" t="s">
         <v>37</v>
       </c>
       <c r="C60">
         <v>2024</v>
       </c>
       <c r="D60" t="s">
         <v>18</v>
       </c>
       <c r="E60">
-        <v>25.6</v>
+        <v>464.6</v>
       </c>
       <c r="F60" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
         <v>2024.0</v>
       </c>
       <c r="B61" t="s">
         <v>37</v>
       </c>
       <c r="C61">
         <v>2024</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61">
-        <v>878854163.0</v>
+        <v>48353760.0</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
         <v>2023.0</v>
       </c>
       <c r="B62" t="s">
         <v>6</v>
       </c>
       <c r="C62" t="s">
         <v>7</v>
       </c>
       <c r="D62" t="s">
         <v>8</v>
       </c>
       <c r="E62">
         <v>2233888.0</v>
       </c>
       <c r="F62" t="s">
         <v>9</v>
       </c>
     </row>