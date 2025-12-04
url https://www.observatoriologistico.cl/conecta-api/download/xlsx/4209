--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,212 +12,215 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Actor Logístico</t>
   </si>
   <si>
     <t>Subdimensión</t>
   </si>
   <si>
     <t>Dimensión</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
-    <t>Comentario</t>
+    <t>Margen de Error</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Comentario</t>
   </si>
   <si>
     <t>Operador</t>
   </si>
   <si>
     <t>Claridad en los requerimientos de despacho de aduanas y fronteras</t>
   </si>
   <si>
     <t>Satisfacción con Sistema Logístico chileno</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la claridad en los requerimientos de despacho de aduanas y fronteras?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la claridad en los requerimientos de despacho de aduanas y fronteras?'. Nota: Hasta 2022, esta pregunta se realizó solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Desarrollo de proyectos I+D+I</t>
   </si>
   <si>
     <t>Desempeño de la Logística chilena</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta 'Durante los últimos 12 meses, la empresa ¿ha desarrollado proyectos de Investigación, Desarrollo e Innovación (I+D+I) vinculados a la logística?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta 'Durante los últimos 12 meses, la empresa ¿ha desarrollado proyectos de Investigación, Desarrollo e Innovación (I+D+I) vinculados a la logística?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Desarrollo de proyectos I+D+I de forma colaborativa</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿Se desarrollaron proyectos de Investigación, Desarrollo e Innovación (I+D+I) vinculados a la logística de forma colaborativa, es decir, junto a otras entidades?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿Se desarrollaron proyectos de Investigación, Desarrollo e Innovación (I+D+I) vinculados a la logística de forma colaborativa, es decir, junto a otras entidades?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Expectativa Futura</t>
   </si>
   <si>
     <t>Percepción de la Logística chilena</t>
   </si>
   <si>
     <t>Se elabora a partir de un conjunto de preguntas que miden las expectativas futuras respecto al año actual de los actores logísticos. Nota: La métrica de este indicador de percepción puede tomar valores entre -100 y 100 y se obtiene como la diferencia entre la cantidad de respuestas positiva y negativa, respecto al total de respuestas, multiplicado por 100.</t>
   </si>
   <si>
     <t>Indice de Nivel de digitalización (IDE)</t>
   </si>
   <si>
     <t>TI de la Logística chilena</t>
   </si>
   <si>
-    <t>Se elabora a partir de un conjunto de preguntas que caracterizan el nivel de digitalización de los actores logísticos. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se elabora a partir de un conjunto de preguntas que caracterizan el nivel de digitalización de los actores logísticos. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Infraestructura</t>
   </si>
   <si>
-    <t>Se elabora a partir de un conjunto de preguntas que caracterizan la infraestructura utilizada por los actores logísticos. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se elabora a partir de un conjunto de preguntas que caracterizan la infraestructura utilizada por los actores logísticos. Nota: Hasta 2022, estas preguntas se realizaron solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Inversión en capacitaciones</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿La empresa invirtió dinero en capacitaciones de trabajadores para el servicio logístico durante el año actual?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿La empresa invirtió dinero en capacitaciones de trabajadores para el servicio logístico durante el año actual?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Medición de huella de carbono</t>
   </si>
   <si>
     <t>Sostenibilidad de la Logística chilena</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿En su empresa se han adoptado metodologías de medición de la huella de carbono?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿En su empresa se han adoptado metodologías de medición de la huella de carbono?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Posesión de certificaciones</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿Su empresa o área logística cuenta con certificaciones?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿Su empresa o área logística cuenta con certificaciones?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Rapidez en el despacho de aduanas y fronteras</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la rapidez en el despacho de aduanas y fronteras de Chile?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la rapidez en el despacho de aduanas y fronteras de Chile?'. Nota: Hasta 2022, esta pregunta se realizó solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Relacionamiento con la comunidad</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿Su empresa participa en actividades de relacionamiento con la comunidad?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿Su empresa participa en actividades de relacionamiento con la comunidad?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Responsabilidad de los actores logísticos con el medio ambiente</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la responsabilidad de los actores del sistema logístico con el medio ambiente?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la responsabilidad de los actores del sistema logístico con el medio ambiente?'. Nota: Hasta 2022, esta pregunta se realizó solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Satisfacción con disponibilidad de capital humano para cubrir trabajos</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿Que tan satisfecho se encuentra con la disponibilidad de capital humano para cubrir vacantes en todos los niveles de trabajo?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿Que tan satisfecho se encuentra con la disponibilidad de capital humano para cubrir vacantes en todos los niveles de trabajo?'. Nota: Hasta 2022, esta pregunta se realizó solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Satisfacción con nivel de digitalización del sistema</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con el nivel de digitalización del sistema logístico de Chile?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con el nivel de digitalización del sistema logístico de Chile?'. Nota: Hasta 2022, esta pregunta se realizó solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Simplicidad en el proceso de despacho de aduanas y fronteras</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la simplicidad en el proceso de despacho de aduanas y fronteras?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la simplicidad en el proceso de despacho de aduanas y fronteras?'. Nota: Hasta 2022, esta pregunta se realizó solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Sistemas de información integrados con otros actores</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿Su empresa o área logística cuenta con al menos un sistema de información integrado con otros actores de la cadena logística que permita la transmisión de datos en línea?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿Su empresa o área logística cuenta con al menos un sistema de información integrado con otros actores de la cadena logística que permita la transmisión de datos en línea?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <t>Situación Actual</t>
   </si>
   <si>
     <t>Se elabora a partir de un conjunto de preguntas que caracterizan la situación de los actores logísticos respecto al año anterior. Nota: La métrica de este indicador de percepción puede tomar valores entre -100 y 100 y se obtiene como la diferencia entre la cantidad de respuestas positiva y negativa, respecto al total de respuestas, multiplicado por 100.</t>
   </si>
   <si>
-    <t>Total</t>
-[...1 lines deleted...]
-  <si>
     <t>Acceso a sistemas de trazabilidad de carga</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿Su empresa tiene acceso a un sistema de trazabilidad de la carga de comercio exterior?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿Su empresa tiene acceso a un sistema de trazabilidad de la carga de comercio exterior?'. Nota: Esta pregunta se hace solamente a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Entregas de productos a tiempo y en forma</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta 'En el año actual ¿Qué porcentaje de las entregas del producto principal llegaron a destino en el tiempo estimado y en buen estado?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta 'En el año actual ¿Qué porcentaje de las entregas del producto principal llegaron a destino en el tiempo estimado y en buen estado?'. Nota: Esta pregunta se hace solamente a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
+  </si>
+  <si>
+    <t>Usuario</t>
   </si>
   <si>
     <t>Trazabilidad de envíos</t>
   </si>
   <si>
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la calidad del sistema de trazabilidad de la carga?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total</t>
-[...2 lines deleted...]
-    <t>Usuario</t>
+    <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la calidad del sistema de trazabilidad de la carga?'. Nota: Esta pregunta se hace solamente a empresas usuarias de la logística que cuentan con acceso a un sistema de trazabilidad. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -521,4896 +524,5622 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F242"/>
+  <dimension ref="A1:G242"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:6">
+    <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
-    </row>
-    <row r="2" spans="1:6">
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
       <c r="A2">
         <v>2023</v>
       </c>
       <c r="B2" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C2" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>55.0387596899</v>
-[...5 lines deleted...]
-    <row r="3" spans="1:6">
+        <v>55.04</v>
+      </c>
+      <c r="F2">
+        <v>8.6</v>
+      </c>
+      <c r="G2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7">
       <c r="A3">
         <v>2024</v>
       </c>
       <c r="B3" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E3">
         <v>55.0</v>
       </c>
-      <c r="F3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:6">
+      <c r="F3">
+        <v>9.8</v>
+      </c>
+      <c r="G3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7">
       <c r="A4">
         <v>2020</v>
       </c>
       <c r="B4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E4">
-        <v>14.1791044776</v>
-[...5 lines deleted...]
-    <row r="5" spans="1:6">
+        <v>14.18</v>
+      </c>
+      <c r="F4">
+        <v>4.2</v>
+      </c>
+      <c r="G4" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7">
       <c r="A5">
         <v>2021</v>
       </c>
       <c r="B5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E5">
-        <v>12.1387283237</v>
-[...5 lines deleted...]
-    <row r="6" spans="1:6">
+        <v>12.14</v>
+      </c>
+      <c r="F5">
+        <v>3.4</v>
+      </c>
+      <c r="G5" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
       <c r="A6">
         <v>2022</v>
       </c>
       <c r="B6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E6">
-        <v>28.5714285714</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:6">
+        <v>28.57</v>
+      </c>
+      <c r="F6">
+        <v>9.3</v>
+      </c>
+      <c r="G6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
       <c r="A7">
         <v>2023</v>
       </c>
       <c r="B7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E7">
-        <v>27.4647887324</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:6">
+        <v>27.46</v>
+      </c>
+      <c r="F7">
+        <v>7.3</v>
+      </c>
+      <c r="G7" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
       <c r="A8">
         <v>2024</v>
       </c>
       <c r="B8" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E8">
-        <v>30.2325581395</v>
-[...5 lines deleted...]
-    <row r="9" spans="1:6">
+        <v>30.23</v>
+      </c>
+      <c r="F8">
+        <v>7.9</v>
+      </c>
+      <c r="G8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
       <c r="A9">
         <v>2022</v>
       </c>
       <c r="B9" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E9">
-        <v>23.0769230769</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:6">
+        <v>23.08</v>
+      </c>
+      <c r="F9">
+        <v>16.2</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
       <c r="A10">
         <v>2023</v>
       </c>
       <c r="B10" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E10">
-        <v>30.7692307692</v>
-[...5 lines deleted...]
-    <row r="11" spans="1:6">
+        <v>30.77</v>
+      </c>
+      <c r="F10">
+        <v>14.5</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
       <c r="A11">
         <v>2024</v>
       </c>
       <c r="B11" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E11">
-        <v>41.0256410256</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:6">
+        <v>41.03</v>
+      </c>
+      <c r="F11">
+        <v>15.4</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
       <c r="A12">
         <v>2020</v>
       </c>
       <c r="B12" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C12" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E12">
-        <v>24.5335820896</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:6">
+        <v>24.53</v>
+      </c>
+      <c r="F12">
+        <v>3.1</v>
+      </c>
+      <c r="G12" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
       <c r="A13">
         <v>2021</v>
       </c>
       <c r="B13" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E13">
-        <v>11.4161849711</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:6">
+        <v>11.42</v>
+      </c>
+      <c r="F13">
+        <v>2.5</v>
+      </c>
+      <c r="G13" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
       <c r="A14">
         <v>2022</v>
       </c>
       <c r="B14" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C14" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E14">
         <v>-6.0</v>
       </c>
-      <c r="F14" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:6">
+      <c r="F14">
+        <v>6.0</v>
+      </c>
+      <c r="G14" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
       <c r="A15">
         <v>2023</v>
       </c>
       <c r="B15" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C15" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E15">
-        <v>8.4507042254</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:6">
+        <v>8.45</v>
+      </c>
+      <c r="F15">
+        <v>4.6</v>
+      </c>
+      <c r="G15" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
       <c r="A16">
         <v>2024</v>
       </c>
       <c r="B16" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C16" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D16" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E16">
-        <v>5.6034482759</v>
-[...5 lines deleted...]
-    <row r="17" spans="1:6">
+        <v>5.6</v>
+      </c>
+      <c r="F16">
+        <v>6.5</v>
+      </c>
+      <c r="G16" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
       <c r="A17">
         <v>2023</v>
       </c>
       <c r="B17" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E17">
-        <v>47.8873239437</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:6">
+        <v>47.89</v>
+      </c>
+      <c r="F17">
+        <v>8.2</v>
+      </c>
+      <c r="G17" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
       <c r="A18">
         <v>2024</v>
       </c>
       <c r="B18" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D18" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E18">
-        <v>55.905511811</v>
-[...5 lines deleted...]
-    <row r="19" spans="1:6">
+        <v>55.91</v>
+      </c>
+      <c r="F18">
+        <v>8.6</v>
+      </c>
+      <c r="G18" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
       <c r="A19">
         <v>2023</v>
       </c>
       <c r="B19" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C19" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E19">
-        <v>49.4600431965</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:6">
+        <v>49.46</v>
+      </c>
+      <c r="F19">
+        <v>4.6</v>
+      </c>
+      <c r="G19" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
       <c r="A20">
         <v>2024</v>
       </c>
       <c r="B20" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C20" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E20">
-        <v>44.7916666667</v>
-[...5 lines deleted...]
-    <row r="21" spans="1:6">
+        <v>44.79</v>
+      </c>
+      <c r="F20">
+        <v>5.0</v>
+      </c>
+      <c r="G20" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
       <c r="A21">
         <v>2020</v>
       </c>
       <c r="B21" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C21" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E21">
-        <v>18.6567164179</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:6">
+        <v>18.66</v>
+      </c>
+      <c r="F21">
+        <v>4.7</v>
+      </c>
+      <c r="G21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
       <c r="A22">
         <v>2021</v>
       </c>
       <c r="B22" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C22" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E22">
-        <v>20.8092485549</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:6">
+        <v>20.81</v>
+      </c>
+      <c r="F22">
+        <v>4.3</v>
+      </c>
+      <c r="G22" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
       <c r="A23">
         <v>2022</v>
       </c>
       <c r="B23" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C23" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E23">
-        <v>47.6744186047</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:6">
+        <v>47.67</v>
+      </c>
+      <c r="F23">
+        <v>10.6</v>
+      </c>
+      <c r="G23" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
       <c r="A24">
         <v>2023</v>
       </c>
       <c r="B24" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C24" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E24">
         <v>50.0</v>
       </c>
-      <c r="F24" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:6">
+      <c r="F24">
+        <v>8.2</v>
+      </c>
+      <c r="G24" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
       <c r="A25">
         <v>2024</v>
       </c>
       <c r="B25" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C25" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E25">
-        <v>55.8139534884</v>
-[...5 lines deleted...]
-    <row r="26" spans="1:6">
+        <v>55.81</v>
+      </c>
+      <c r="F25">
+        <v>8.6</v>
+      </c>
+      <c r="G25" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
       <c r="A26">
         <v>2020</v>
       </c>
       <c r="B26" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C26" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D26" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E26">
-        <v>14.9253731343</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:6">
+        <v>14.93</v>
+      </c>
+      <c r="F26">
+        <v>4.3</v>
+      </c>
+      <c r="G26" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
       <c r="A27">
         <v>2021</v>
       </c>
       <c r="B27" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C27" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E27">
-        <v>15.8959537572</v>
-[...5 lines deleted...]
-    <row r="28" spans="1:6">
+        <v>15.9</v>
+      </c>
+      <c r="F27">
+        <v>3.9</v>
+      </c>
+      <c r="G27" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
       <c r="A28">
         <v>2022</v>
       </c>
       <c r="B28" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C28" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D28" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E28">
-        <v>11.7647058824</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:6">
+        <v>11.76</v>
+      </c>
+      <c r="F28">
+        <v>6.8</v>
+      </c>
+      <c r="G28" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
       <c r="A29">
         <v>2023</v>
       </c>
       <c r="B29" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C29" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D29" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E29">
-        <v>14.0845070423</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:6">
+        <v>14.08</v>
+      </c>
+      <c r="F29">
+        <v>5.7</v>
+      </c>
+      <c r="G29" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
       <c r="A30">
         <v>2024</v>
       </c>
       <c r="B30" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C30" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D30" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E30">
-        <v>20.1550387597</v>
-[...5 lines deleted...]
-    <row r="31" spans="1:6">
+        <v>20.16</v>
+      </c>
+      <c r="F30">
+        <v>6.9</v>
+      </c>
+      <c r="G30" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
       <c r="A31">
         <v>2020</v>
       </c>
       <c r="B31" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C31" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D31" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E31">
-        <v>46.6417910448</v>
-[...5 lines deleted...]
-    <row r="32" spans="1:6">
+        <v>46.64</v>
+      </c>
+      <c r="F31">
+        <v>6.0</v>
+      </c>
+      <c r="G31" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
       <c r="A32">
         <v>2021</v>
       </c>
       <c r="B32" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C32" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D32" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E32">
-        <v>42.774566474</v>
-[...5 lines deleted...]
-    <row r="33" spans="1:6">
+        <v>42.77</v>
+      </c>
+      <c r="F32">
+        <v>5.2</v>
+      </c>
+      <c r="G32" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
       <c r="A33">
         <v>2022</v>
       </c>
       <c r="B33" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C33" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D33" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E33">
-        <v>27.5862068966</v>
-[...5 lines deleted...]
-    <row r="34" spans="1:6">
+        <v>27.59</v>
+      </c>
+      <c r="F33">
+        <v>9.4</v>
+      </c>
+      <c r="G33" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
       <c r="A34">
         <v>2023</v>
       </c>
       <c r="B34" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C34" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D34" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E34">
-        <v>48.5915492958</v>
-[...5 lines deleted...]
-    <row r="35" spans="1:6">
+        <v>48.59</v>
+      </c>
+      <c r="F34">
+        <v>8.2</v>
+      </c>
+      <c r="G34" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
       <c r="A35">
         <v>2024</v>
       </c>
       <c r="B35" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C35" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D35" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E35">
-        <v>48.0620155039</v>
-[...5 lines deleted...]
-    <row r="36" spans="1:6">
+        <v>48.06</v>
+      </c>
+      <c r="F35">
+        <v>8.6</v>
+      </c>
+      <c r="G35" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
       <c r="A36">
         <v>2023</v>
       </c>
       <c r="B36" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C36" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D36" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E36">
-        <v>46.1538461538</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:6">
+        <v>46.15</v>
+      </c>
+      <c r="F36">
+        <v>8.6</v>
+      </c>
+      <c r="G36" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
       <c r="A37">
         <v>2024</v>
       </c>
       <c r="B37" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C37" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D37" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E37">
         <v>54.0</v>
       </c>
-      <c r="F37" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:6">
+      <c r="F37">
+        <v>9.8</v>
+      </c>
+      <c r="G37" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
       <c r="A38">
         <v>2020</v>
       </c>
       <c r="B38" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C38" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D38" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E38">
-        <v>30.223880597</v>
-[...5 lines deleted...]
-    <row r="39" spans="1:6">
+        <v>30.22</v>
+      </c>
+      <c r="F38">
+        <v>5.5</v>
+      </c>
+      <c r="G38" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
       <c r="A39">
         <v>2021</v>
       </c>
       <c r="B39" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D39" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E39">
-        <v>36.1271676301</v>
-[...5 lines deleted...]
-    <row r="40" spans="1:6">
+        <v>36.13</v>
+      </c>
+      <c r="F39">
+        <v>5.1</v>
+      </c>
+      <c r="G39" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
       <c r="A40">
         <v>2022</v>
       </c>
       <c r="B40" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C40" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D40" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E40">
-        <v>29.0697674419</v>
-[...5 lines deleted...]
-    <row r="41" spans="1:6">
+        <v>29.07</v>
+      </c>
+      <c r="F40">
+        <v>9.6</v>
+      </c>
+      <c r="G40" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
       <c r="A41">
         <v>2023</v>
       </c>
       <c r="B41" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C41" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D41" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E41">
-        <v>34.5070422535</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:6">
+        <v>34.51</v>
+      </c>
+      <c r="F41">
+        <v>7.8</v>
+      </c>
+      <c r="G41" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7">
       <c r="A42">
         <v>2024</v>
       </c>
       <c r="B42" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C42" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D42" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E42">
-        <v>42.6356589147</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:6">
+        <v>42.64</v>
+      </c>
+      <c r="F42">
+        <v>8.5</v>
+      </c>
+      <c r="G42" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
       <c r="A43">
         <v>2023</v>
       </c>
       <c r="B43" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C43" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D43" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E43">
-        <v>24.0875912409</v>
-[...5 lines deleted...]
-    <row r="44" spans="1:6">
+        <v>24.09</v>
+      </c>
+      <c r="F43">
+        <v>7.2</v>
+      </c>
+      <c r="G43" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7">
       <c r="A44">
         <v>2024</v>
       </c>
       <c r="B44" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C44" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D44" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E44">
         <v>30.0</v>
       </c>
-      <c r="F44" t="s">
-[...3 lines deleted...]
-    <row r="45" spans="1:6">
+      <c r="F44">
+        <v>8.2</v>
+      </c>
+      <c r="G44" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7">
       <c r="A45">
         <v>2023</v>
       </c>
       <c r="B45" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C45" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D45" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E45">
-        <v>36.170212766</v>
-[...5 lines deleted...]
-    <row r="46" spans="1:6">
+        <v>36.17</v>
+      </c>
+      <c r="F45">
+        <v>7.9</v>
+      </c>
+      <c r="G45" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7">
       <c r="A46">
         <v>2024</v>
       </c>
       <c r="B46" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C46" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D46" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E46">
         <v>42.5</v>
       </c>
-      <c r="F46" t="s">
-[...3 lines deleted...]
-    <row r="47" spans="1:6">
+      <c r="F46">
+        <v>8.8</v>
+      </c>
+      <c r="G46" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7">
       <c r="A47">
         <v>2023</v>
       </c>
       <c r="B47" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C47" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D47" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E47">
-        <v>43.4782608696</v>
-[...5 lines deleted...]
-    <row r="48" spans="1:6">
+        <v>43.48</v>
+      </c>
+      <c r="F47">
+        <v>8.3</v>
+      </c>
+      <c r="G47" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
       <c r="A48">
         <v>2024</v>
       </c>
       <c r="B48" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C48" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D48" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E48">
-        <v>45.5284552846</v>
-[...5 lines deleted...]
-    <row r="49" spans="1:6">
+        <v>45.53</v>
+      </c>
+      <c r="F48">
+        <v>8.8</v>
+      </c>
+      <c r="G48" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
       <c r="A49">
         <v>2023</v>
       </c>
       <c r="B49" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C49" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D49" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E49">
-        <v>41.2213740458</v>
-[...5 lines deleted...]
-    <row r="50" spans="1:6">
+        <v>41.22</v>
+      </c>
+      <c r="F49">
+        <v>8.4</v>
+      </c>
+      <c r="G49" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7">
       <c r="A50">
         <v>2024</v>
       </c>
       <c r="B50" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C50" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D50" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E50">
         <v>47.0</v>
       </c>
-      <c r="F50" t="s">
-[...3 lines deleted...]
-    <row r="51" spans="1:6">
+      <c r="F50">
+        <v>9.8</v>
+      </c>
+      <c r="G50" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7">
       <c r="A51">
         <v>2020</v>
       </c>
       <c r="B51" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C51" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D51" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E51">
-        <v>43.6567164179</v>
-[...5 lines deleted...]
-    <row r="52" spans="1:6">
+        <v>43.66</v>
+      </c>
+      <c r="F51">
+        <v>5.9</v>
+      </c>
+      <c r="G51" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7">
       <c r="A52">
         <v>2021</v>
       </c>
       <c r="B52" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C52" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D52" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E52">
-        <v>43.6416184971</v>
-[...5 lines deleted...]
-    <row r="53" spans="1:6">
+        <v>43.64</v>
+      </c>
+      <c r="F52">
+        <v>5.2</v>
+      </c>
+      <c r="G52" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7">
       <c r="A53">
         <v>2022</v>
       </c>
       <c r="B53" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C53" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D53" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E53">
-        <v>51.724137931</v>
-[...5 lines deleted...]
-    <row r="54" spans="1:6">
+        <v>51.72</v>
+      </c>
+      <c r="F53">
+        <v>10.5</v>
+      </c>
+      <c r="G53" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7">
       <c r="A54">
         <v>2023</v>
       </c>
       <c r="B54" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C54" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D54" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E54">
-        <v>59.1549295775</v>
-[...1 lines deleted...]
-      <c r="F54" t="s">
+        <v>59.15</v>
+      </c>
+      <c r="F54">
+        <v>8.1</v>
+      </c>
+      <c r="G54" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7">
+      <c r="A55">
+        <v>2020</v>
+      </c>
+      <c r="B55" t="s">
+        <v>45</v>
+      </c>
+      <c r="C55" t="s">
+        <v>29</v>
+      </c>
+      <c r="D55" t="s">
+        <v>27</v>
+      </c>
+      <c r="E55">
+        <v>39.55</v>
+      </c>
+      <c r="F55">
+        <v>4.1</v>
+      </c>
+      <c r="G55" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56">
+        <v>2024</v>
+      </c>
+      <c r="B56" t="s">
+        <v>7</v>
+      </c>
+      <c r="C56" t="s">
         <v>43</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A55">
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56">
+        <v>52.71</v>
+      </c>
+      <c r="F56">
+        <v>8.6</v>
+      </c>
+      <c r="G56" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57">
+        <v>2020</v>
+      </c>
+      <c r="B57" t="s">
+        <v>7</v>
+      </c>
+      <c r="C57" t="s">
+        <v>46</v>
+      </c>
+      <c r="D57" t="s">
+        <v>17</v>
+      </c>
+      <c r="E57">
+        <v>-0.37</v>
+      </c>
+      <c r="F57">
+        <v>4.4</v>
+      </c>
+      <c r="G57" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58">
+        <v>2021</v>
+      </c>
+      <c r="B58" t="s">
+        <v>7</v>
+      </c>
+      <c r="C58" t="s">
+        <v>46</v>
+      </c>
+      <c r="D58" t="s">
+        <v>17</v>
+      </c>
+      <c r="E58">
+        <v>8.38</v>
+      </c>
+      <c r="F58">
+        <v>3.9</v>
+      </c>
+      <c r="G58" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59">
+        <v>2022</v>
+      </c>
+      <c r="B59" t="s">
+        <v>7</v>
+      </c>
+      <c r="C59" t="s">
+        <v>46</v>
+      </c>
+      <c r="D59" t="s">
+        <v>17</v>
+      </c>
+      <c r="E59">
+        <v>22.35</v>
+      </c>
+      <c r="F59">
+        <v>7.8</v>
+      </c>
+      <c r="G59" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60">
+        <v>2023</v>
+      </c>
+      <c r="B60" t="s">
+        <v>7</v>
+      </c>
+      <c r="C60" t="s">
+        <v>46</v>
+      </c>
+      <c r="D60" t="s">
+        <v>17</v>
+      </c>
+      <c r="E60">
+        <v>-13.38</v>
+      </c>
+      <c r="F60">
+        <v>6.0</v>
+      </c>
+      <c r="G60" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61">
         <v>2024</v>
       </c>
-      <c r="B55" t="s">
-[...16 lines deleted...]
-      <c r="A56">
+      <c r="B61" t="s">
+        <v>7</v>
+      </c>
+      <c r="C61" t="s">
+        <v>46</v>
+      </c>
+      <c r="D61" t="s">
+        <v>17</v>
+      </c>
+      <c r="E61">
+        <v>38.31</v>
+      </c>
+      <c r="F61">
+        <v>8.6</v>
+      </c>
+      <c r="G61" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62">
         <v>2020</v>
       </c>
-      <c r="B56" t="s">
-[...5 lines deleted...]
-      <c r="D56" t="s">
+      <c r="B62" t="s">
+        <v>45</v>
+      </c>
+      <c r="C62" t="s">
+        <v>48</v>
+      </c>
+      <c r="D62" t="s">
+        <v>9</v>
+      </c>
+      <c r="E62">
+        <v>68.28</v>
+      </c>
+      <c r="F62">
+        <v>5.6</v>
+      </c>
+      <c r="G62" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7">
+      <c r="A63">
+        <v>2021</v>
+      </c>
+      <c r="B63" t="s">
+        <v>45</v>
+      </c>
+      <c r="C63" t="s">
+        <v>48</v>
+      </c>
+      <c r="D63" t="s">
+        <v>9</v>
+      </c>
+      <c r="E63">
+        <v>65.08</v>
+      </c>
+      <c r="F63">
+        <v>4.9</v>
+      </c>
+      <c r="G63" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7">
+      <c r="A64">
+        <v>2022</v>
+      </c>
+      <c r="B64" t="s">
+        <v>45</v>
+      </c>
+      <c r="C64" t="s">
+        <v>48</v>
+      </c>
+      <c r="D64" t="s">
+        <v>9</v>
+      </c>
+      <c r="E64">
+        <v>59.42</v>
+      </c>
+      <c r="F64">
+        <v>6.7</v>
+      </c>
+      <c r="G64" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7">
+      <c r="A65">
+        <v>2023</v>
+      </c>
+      <c r="B65" t="s">
+        <v>45</v>
+      </c>
+      <c r="C65" t="s">
+        <v>48</v>
+      </c>
+      <c r="D65" t="s">
+        <v>9</v>
+      </c>
+      <c r="E65">
+        <v>46.8</v>
+      </c>
+      <c r="F65">
+        <v>6.9</v>
+      </c>
+      <c r="G65" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66">
+        <v>2024</v>
+      </c>
+      <c r="B66" t="s">
+        <v>45</v>
+      </c>
+      <c r="C66" t="s">
+        <v>48</v>
+      </c>
+      <c r="D66" t="s">
+        <v>9</v>
+      </c>
+      <c r="E66">
+        <v>44.5</v>
+      </c>
+      <c r="F66">
+        <v>6.7</v>
+      </c>
+      <c r="G66" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67">
+        <v>2020</v>
+      </c>
+      <c r="B67" t="s">
+        <v>45</v>
+      </c>
+      <c r="C67" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" t="s">
+        <v>9</v>
+      </c>
+      <c r="E67">
+        <v>88.06</v>
+      </c>
+      <c r="F67">
+        <v>3.9</v>
+      </c>
+      <c r="G67" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68">
+        <v>2021</v>
+      </c>
+      <c r="B68" t="s">
+        <v>45</v>
+      </c>
+      <c r="C68" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" t="s">
+        <v>9</v>
+      </c>
+      <c r="E68">
+        <v>90.5</v>
+      </c>
+      <c r="F68">
+        <v>3.0</v>
+      </c>
+      <c r="G68" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69">
+        <v>2022</v>
+      </c>
+      <c r="B69" t="s">
+        <v>45</v>
+      </c>
+      <c r="C69" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" t="s">
+        <v>9</v>
+      </c>
+      <c r="E69">
+        <v>87.44</v>
+      </c>
+      <c r="F69">
+        <v>4.5</v>
+      </c>
+      <c r="G69" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7">
+      <c r="A70">
+        <v>2023</v>
+      </c>
+      <c r="B70" t="s">
+        <v>45</v>
+      </c>
+      <c r="C70" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" t="s">
+        <v>9</v>
+      </c>
+      <c r="E70">
+        <v>61.73</v>
+      </c>
+      <c r="F70">
+        <v>5.3</v>
+      </c>
+      <c r="G70" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7">
+      <c r="A71">
+        <v>2024</v>
+      </c>
+      <c r="B71" t="s">
+        <v>45</v>
+      </c>
+      <c r="C71" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" t="s">
+        <v>9</v>
+      </c>
+      <c r="E71">
+        <v>65.89</v>
+      </c>
+      <c r="F71">
+        <v>5.3</v>
+      </c>
+      <c r="G71" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7">
+      <c r="A72">
+        <v>2020</v>
+      </c>
+      <c r="B72" t="s">
+        <v>45</v>
+      </c>
+      <c r="C72" t="s">
+        <v>11</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72">
+        <v>22.45</v>
+      </c>
+      <c r="F72">
+        <v>3.5</v>
+      </c>
+      <c r="G72" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7">
+      <c r="A73">
+        <v>2021</v>
+      </c>
+      <c r="B73" t="s">
+        <v>45</v>
+      </c>
+      <c r="C73" t="s">
+        <v>11</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73">
+        <v>21.02</v>
+      </c>
+      <c r="F73">
+        <v>3.0</v>
+      </c>
+      <c r="G73" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74">
+        <v>2022</v>
+      </c>
+      <c r="B74" t="s">
+        <v>45</v>
+      </c>
+      <c r="C74" t="s">
+        <v>11</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74">
+        <v>19.67</v>
+      </c>
+      <c r="F74">
+        <v>4.5</v>
+      </c>
+      <c r="G74" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75">
+        <v>2023</v>
+      </c>
+      <c r="B75" t="s">
+        <v>45</v>
+      </c>
+      <c r="C75" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75">
+        <v>19.71</v>
+      </c>
+      <c r="F75">
+        <v>4.2</v>
+      </c>
+      <c r="G75" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7">
+      <c r="A76">
+        <v>2024</v>
+      </c>
+      <c r="B76" t="s">
+        <v>45</v>
+      </c>
+      <c r="C76" t="s">
+        <v>11</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76">
+        <v>21.01</v>
+      </c>
+      <c r="F76">
+        <v>4.3</v>
+      </c>
+      <c r="G76" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7">
+      <c r="A77">
+        <v>2022</v>
+      </c>
+      <c r="B77" t="s">
+        <v>45</v>
+      </c>
+      <c r="C77" t="s">
+        <v>14</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77">
+        <v>23.73</v>
+      </c>
+      <c r="F77">
+        <v>10.9</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7">
+      <c r="A78">
+        <v>2023</v>
+      </c>
+      <c r="B78" t="s">
+        <v>45</v>
+      </c>
+      <c r="C78" t="s">
+        <v>14</v>
+      </c>
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78">
+        <v>23.53</v>
+      </c>
+      <c r="F78">
+        <v>10.1</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7">
+      <c r="A79">
+        <v>2024</v>
+      </c>
+      <c r="B79" t="s">
+        <v>45</v>
+      </c>
+      <c r="C79" t="s">
+        <v>14</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79">
+        <v>33.8</v>
+      </c>
+      <c r="F79">
+        <v>11.0</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7">
+      <c r="A80">
+        <v>2020</v>
+      </c>
+      <c r="B80" t="s">
+        <v>45</v>
+      </c>
+      <c r="C80" t="s">
+        <v>50</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80">
+        <v>88.63</v>
+      </c>
+      <c r="F80">
+        <v>3.9</v>
+      </c>
+      <c r="G80" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7">
+      <c r="A81">
+        <v>2021</v>
+      </c>
+      <c r="B81" t="s">
+        <v>45</v>
+      </c>
+      <c r="C81" t="s">
+        <v>50</v>
+      </c>
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81">
+        <v>86.59</v>
+      </c>
+      <c r="F81">
+        <v>3.5</v>
+      </c>
+      <c r="G81" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7">
+      <c r="A82">
+        <v>2022</v>
+      </c>
+      <c r="B82" t="s">
+        <v>45</v>
+      </c>
+      <c r="C82" t="s">
+        <v>50</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82">
+        <v>78.7</v>
+      </c>
+      <c r="F82">
+        <v>5.5</v>
+      </c>
+      <c r="G82" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7">
+      <c r="A83">
+        <v>2023</v>
+      </c>
+      <c r="B83" t="s">
+        <v>45</v>
+      </c>
+      <c r="C83" t="s">
+        <v>50</v>
+      </c>
+      <c r="D83" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83">
+        <v>95.57</v>
+      </c>
+      <c r="F83">
+        <v>2.8</v>
+      </c>
+      <c r="G83" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7">
+      <c r="A84">
+        <v>2024</v>
+      </c>
+      <c r="B84" t="s">
+        <v>45</v>
+      </c>
+      <c r="C84" t="s">
+        <v>50</v>
+      </c>
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84">
+        <v>87.08</v>
+      </c>
+      <c r="F84">
+        <v>4.5</v>
+      </c>
+      <c r="G84" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7">
+      <c r="A85">
+        <v>2020</v>
+      </c>
+      <c r="B85" t="s">
+        <v>45</v>
+      </c>
+      <c r="C85" t="s">
         <v>16</v>
       </c>
-      <c r="E56">
-[...7 lines deleted...]
-      <c r="A57">
+      <c r="D85" t="s">
+        <v>17</v>
+      </c>
+      <c r="E85">
+        <v>25.65</v>
+      </c>
+      <c r="F85">
+        <v>2.2</v>
+      </c>
+      <c r="G85" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7">
+      <c r="A86">
         <v>2021</v>
       </c>
-      <c r="B57" t="s">
-[...5 lines deleted...]
-      <c r="D57" t="s">
+      <c r="B86" t="s">
+        <v>45</v>
+      </c>
+      <c r="C86" t="s">
         <v>16</v>
       </c>
-      <c r="E57">
-[...7 lines deleted...]
-      <c r="A58">
+      <c r="D86" t="s">
+        <v>17</v>
+      </c>
+      <c r="E86">
+        <v>25.48</v>
+      </c>
+      <c r="F86">
+        <v>2.3</v>
+      </c>
+      <c r="G86" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7">
+      <c r="A87">
         <v>2022</v>
       </c>
-      <c r="B58" t="s">
-[...5 lines deleted...]
-      <c r="D58" t="s">
+      <c r="B87" t="s">
+        <v>45</v>
+      </c>
+      <c r="C87" t="s">
         <v>16</v>
       </c>
-      <c r="E58">
-[...67 lines deleted...]
-      <c r="A62">
+      <c r="D87" t="s">
+        <v>17</v>
+      </c>
+      <c r="E87">
+        <v>11.78</v>
+      </c>
+      <c r="F87">
+        <v>3.3</v>
+      </c>
+      <c r="G87" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7">
+      <c r="A88">
         <v>2021</v>
       </c>
-      <c r="B62" t="s">
-[...518 lines deleted...]
-      </c>
       <c r="B88" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C88" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="D88" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E88">
-        <v>15.9539473684</v>
-[...5 lines deleted...]
-    <row r="89" spans="1:6">
+        <v>30.54</v>
+      </c>
+      <c r="F88">
+        <v>3.4</v>
+      </c>
+      <c r="G88" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7">
       <c r="A89">
         <v>2023</v>
       </c>
       <c r="B89" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C89" t="s">
+        <v>16</v>
+      </c>
+      <c r="D89" t="s">
+        <v>17</v>
+      </c>
+      <c r="E89">
+        <v>7.23</v>
+      </c>
+      <c r="F89">
+        <v>2.9</v>
+      </c>
+      <c r="G89" t="s">
         <v>18</v>
       </c>
-      <c r="D89" t="s">
-[...9 lines deleted...]
-    <row r="90" spans="1:6">
+    </row>
+    <row r="90" spans="1:7">
       <c r="A90">
         <v>2024</v>
       </c>
       <c r="B90" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C90" t="s">
+        <v>16</v>
+      </c>
+      <c r="D90" t="s">
+        <v>17</v>
+      </c>
+      <c r="E90">
+        <v>15.95</v>
+      </c>
+      <c r="F90">
+        <v>4.0</v>
+      </c>
+      <c r="G90" t="s">
         <v>18</v>
       </c>
-      <c r="D90" t="s">
+    </row>
+    <row r="91" spans="1:7">
+      <c r="A91">
+        <v>2023</v>
+      </c>
+      <c r="B91" t="s">
+        <v>45</v>
+      </c>
+      <c r="C91" t="s">
         <v>19</v>
       </c>
-      <c r="E90">
-[...2 lines deleted...]
-      <c r="F90" t="s">
+      <c r="D91" t="s">
         <v>20</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A91">
+      <c r="E91">
+        <v>44.93</v>
+      </c>
+      <c r="F91">
+        <v>5.2</v>
+      </c>
+      <c r="G91" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7">
+      <c r="A92">
+        <v>2024</v>
+      </c>
+      <c r="B92" t="s">
+        <v>45</v>
+      </c>
+      <c r="C92" t="s">
+        <v>19</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92">
+        <v>49.39</v>
+      </c>
+      <c r="F92">
+        <v>5.4</v>
+      </c>
+      <c r="G92" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7">
+      <c r="A93">
         <v>2020</v>
       </c>
-      <c r="B91" t="s">
-[...11 lines deleted...]
-      <c r="F91" t="s">
+      <c r="B93" t="s">
+        <v>45</v>
+      </c>
+      <c r="C93" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A92">
+      <c r="D93" t="s">
+        <v>9</v>
+      </c>
+      <c r="E93">
+        <v>81.34</v>
+      </c>
+      <c r="F93">
+        <v>4.7</v>
+      </c>
+      <c r="G93" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7">
+      <c r="A94">
         <v>2021</v>
       </c>
-      <c r="B92" t="s">
-[...11 lines deleted...]
-      <c r="F92" t="s">
+      <c r="B94" t="s">
+        <v>45</v>
+      </c>
+      <c r="C94" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A93">
+      <c r="D94" t="s">
+        <v>9</v>
+      </c>
+      <c r="E94">
+        <v>87.71</v>
+      </c>
+      <c r="F94">
+        <v>3.4</v>
+      </c>
+      <c r="G94" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7">
+      <c r="A95">
         <v>2022</v>
       </c>
-      <c r="B93" t="s">
-[...11 lines deleted...]
-      <c r="F93" t="s">
+      <c r="B95" t="s">
+        <v>45</v>
+      </c>
+      <c r="C95" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A94">
+      <c r="D95" t="s">
+        <v>9</v>
+      </c>
+      <c r="E95">
+        <v>80.24</v>
+      </c>
+      <c r="F95">
+        <v>3.0</v>
+      </c>
+      <c r="G95" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7">
+      <c r="A96">
         <v>2023</v>
       </c>
-      <c r="B94" t="s">
-[...11 lines deleted...]
-      <c r="F94" t="s">
+      <c r="B96" t="s">
+        <v>45</v>
+      </c>
+      <c r="C96" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A95">
+      <c r="D96" t="s">
+        <v>9</v>
+      </c>
+      <c r="E96">
+        <v>53.47</v>
+      </c>
+      <c r="F96">
+        <v>3.0</v>
+      </c>
+      <c r="G96" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7">
+      <c r="A97">
         <v>2024</v>
       </c>
-      <c r="B95" t="s">
-[...11 lines deleted...]
-      <c r="F95" t="s">
+      <c r="B97" t="s">
+        <v>45</v>
+      </c>
+      <c r="C97" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A96">
+      <c r="D97" t="s">
+        <v>9</v>
+      </c>
+      <c r="E97">
+        <v>58.2</v>
+      </c>
+      <c r="F97">
+        <v>3.0</v>
+      </c>
+      <c r="G97" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7">
+      <c r="A98">
         <v>2020</v>
       </c>
-      <c r="B96" t="s">
-[...11 lines deleted...]
-      <c r="F96" t="s">
+      <c r="B98" t="s">
+        <v>45</v>
+      </c>
+      <c r="C98" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A97">
+      <c r="D98" t="s">
+        <v>12</v>
+      </c>
+      <c r="E98">
+        <v>11.13</v>
+      </c>
+      <c r="F98">
+        <v>2.7</v>
+      </c>
+      <c r="G98" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7">
+      <c r="A99">
         <v>2021</v>
       </c>
-      <c r="B97" t="s">
-[...11 lines deleted...]
-      <c r="F97" t="s">
+      <c r="B99" t="s">
+        <v>45</v>
+      </c>
+      <c r="C99" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A98">
+      <c r="D99" t="s">
+        <v>12</v>
+      </c>
+      <c r="E99">
+        <v>22.2</v>
+      </c>
+      <c r="F99">
+        <v>3.4</v>
+      </c>
+      <c r="G99" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7">
+      <c r="A100">
         <v>2022</v>
       </c>
-      <c r="B98" t="s">
-[...11 lines deleted...]
-      <c r="F98" t="s">
+      <c r="B100" t="s">
+        <v>45</v>
+      </c>
+      <c r="C100" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A99">
+      <c r="D100" t="s">
+        <v>12</v>
+      </c>
+      <c r="E100">
+        <v>42.11</v>
+      </c>
+      <c r="F100">
+        <v>5.7</v>
+      </c>
+      <c r="G100" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7">
+      <c r="A101">
         <v>2023</v>
       </c>
-      <c r="B99" t="s">
-[...11 lines deleted...]
-      <c r="F99" t="s">
+      <c r="B101" t="s">
+        <v>45</v>
+      </c>
+      <c r="C101" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A100">
+      <c r="D101" t="s">
+        <v>12</v>
+      </c>
+      <c r="E101">
+        <v>40.58</v>
+      </c>
+      <c r="F101">
+        <v>5.2</v>
+      </c>
+      <c r="G101" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7">
+      <c r="A102">
         <v>2024</v>
       </c>
-      <c r="B100" t="s">
-[...11 lines deleted...]
-      <c r="F100" t="s">
+      <c r="B102" t="s">
+        <v>45</v>
+      </c>
+      <c r="C102" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A101">
+      <c r="D102" t="s">
+        <v>12</v>
+      </c>
+      <c r="E102">
+        <v>40.83</v>
+      </c>
+      <c r="F102">
+        <v>5.2</v>
+      </c>
+      <c r="G102" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7">
+      <c r="A103">
         <v>2020</v>
       </c>
-      <c r="B101" t="s">
-[...5 lines deleted...]
-      <c r="D101" t="s">
+      <c r="B103" t="s">
+        <v>45</v>
+      </c>
+      <c r="C103" t="s">
         <v>26</v>
       </c>
-      <c r="E101">
-[...2 lines deleted...]
-      <c r="F101" t="s">
+      <c r="D103" t="s">
         <v>27</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A102">
+      <c r="E103">
+        <v>11.78</v>
+      </c>
+      <c r="F103">
+        <v>2.7</v>
+      </c>
+      <c r="G103" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7">
+      <c r="A104">
         <v>2021</v>
       </c>
-      <c r="B102" t="s">
-[...5 lines deleted...]
-      <c r="D102" t="s">
+      <c r="B104" t="s">
+        <v>45</v>
+      </c>
+      <c r="C104" t="s">
         <v>26</v>
       </c>
-      <c r="E102">
-[...2 lines deleted...]
-      <c r="F102" t="s">
+      <c r="D104" t="s">
         <v>27</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A103">
+      <c r="E104">
+        <v>11.22</v>
+      </c>
+      <c r="F104">
+        <v>2.3</v>
+      </c>
+      <c r="G104" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7">
+      <c r="A105">
         <v>2022</v>
       </c>
-      <c r="B103" t="s">
-[...5 lines deleted...]
-      <c r="D103" t="s">
+      <c r="B105" t="s">
+        <v>45</v>
+      </c>
+      <c r="C105" t="s">
         <v>26</v>
       </c>
-      <c r="E103">
-[...2 lines deleted...]
-      <c r="F103" t="s">
+      <c r="D105" t="s">
         <v>27</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A104">
+      <c r="E105">
+        <v>14.98</v>
+      </c>
+      <c r="F105">
+        <v>4.1</v>
+      </c>
+      <c r="G105" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7">
+      <c r="A106">
         <v>2023</v>
       </c>
-      <c r="B104" t="s">
-[...5 lines deleted...]
-      <c r="D104" t="s">
+      <c r="B106" t="s">
+        <v>45</v>
+      </c>
+      <c r="C106" t="s">
         <v>26</v>
       </c>
-      <c r="E104">
-[...2 lines deleted...]
-      <c r="F104" t="s">
+      <c r="D106" t="s">
         <v>27</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A105">
+      <c r="E106">
+        <v>11.01</v>
+      </c>
+      <c r="F106">
+        <v>3.3</v>
+      </c>
+      <c r="G106" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7">
+      <c r="A107">
         <v>2024</v>
       </c>
-      <c r="B105" t="s">
-[...5 lines deleted...]
-      <c r="D105" t="s">
+      <c r="B107" t="s">
+        <v>45</v>
+      </c>
+      <c r="C107" t="s">
         <v>26</v>
       </c>
-      <c r="E105">
-[...2 lines deleted...]
-      <c r="F105" t="s">
+      <c r="D107" t="s">
         <v>27</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C106" t="s">
+      <c r="E107">
+        <v>12.72</v>
+      </c>
+      <c r="F107">
+        <v>3.6</v>
+      </c>
+      <c r="G107" t="s">
         <v>28</v>
       </c>
-      <c r="D106" t="s">
-[...29 lines deleted...]
-    <row r="108" spans="1:6">
+    </row>
+    <row r="108" spans="1:7">
       <c r="A108">
         <v>2022</v>
       </c>
       <c r="B108" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C108" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D108" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E108">
-        <v>33.9100346021</v>
-[...5 lines deleted...]
-    <row r="109" spans="1:6">
+        <v>33.91</v>
+      </c>
+      <c r="F108">
+        <v>5.5</v>
+      </c>
+      <c r="G108" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7">
       <c r="A109">
         <v>2023</v>
       </c>
       <c r="B109" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C109" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D109" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E109">
-        <v>37.3913043478</v>
-[...5 lines deleted...]
-    <row r="110" spans="1:6">
+        <v>37.39</v>
+      </c>
+      <c r="F109">
+        <v>5.1</v>
+      </c>
+      <c r="G109" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7">
       <c r="A110">
         <v>2024</v>
       </c>
       <c r="B110" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C110" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D110" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E110">
-        <v>33.7278106509</v>
-[...5 lines deleted...]
-    <row r="111" spans="1:6">
+        <v>33.73</v>
+      </c>
+      <c r="F110">
+        <v>5.0</v>
+      </c>
+      <c r="G110" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7">
       <c r="A111">
         <v>2020</v>
       </c>
       <c r="B111" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C111" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D111" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E111">
-        <v>86.1940298507</v>
-[...5 lines deleted...]
-    <row r="112" spans="1:6">
+        <v>86.19</v>
+      </c>
+      <c r="F111">
+        <v>4.1</v>
+      </c>
+      <c r="G111" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7">
       <c r="A112">
         <v>2021</v>
       </c>
       <c r="B112" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C112" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D112" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E112">
-        <v>90.5027932961</v>
-[...5 lines deleted...]
-    <row r="113" spans="1:6">
+        <v>90.5</v>
+      </c>
+      <c r="F112">
+        <v>3.0</v>
+      </c>
+      <c r="G112" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7">
       <c r="A113">
         <v>2022</v>
       </c>
       <c r="B113" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C113" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D113" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E113">
-        <v>88.2629107981</v>
-[...5 lines deleted...]
-    <row r="114" spans="1:6">
+        <v>88.26</v>
+      </c>
+      <c r="F113">
+        <v>4.3</v>
+      </c>
+      <c r="G113" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7">
       <c r="A114">
         <v>2023</v>
       </c>
       <c r="B114" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C114" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D114" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E114">
-        <v>55.2870090634</v>
-[...5 lines deleted...]
-    <row r="115" spans="1:6">
+        <v>55.29</v>
+      </c>
+      <c r="F114">
+        <v>5.4</v>
+      </c>
+      <c r="G114" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7">
       <c r="A115">
         <v>2024</v>
       </c>
       <c r="B115" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C115" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D115" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E115">
-        <v>64.5695364238</v>
-[...5 lines deleted...]
-    <row r="116" spans="1:6">
+        <v>64.57</v>
+      </c>
+      <c r="F115">
+        <v>5.4</v>
+      </c>
+      <c r="G115" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7">
       <c r="A116">
         <v>2020</v>
       </c>
       <c r="B116" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C116" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D116" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E116">
-        <v>29.5327102804</v>
-[...5 lines deleted...]
-    <row r="117" spans="1:6">
+        <v>29.53</v>
+      </c>
+      <c r="F116">
+        <v>3.9</v>
+      </c>
+      <c r="G116" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7">
       <c r="A117">
         <v>2021</v>
       </c>
       <c r="B117" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C117" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D117" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E117">
-        <v>32.6704545455</v>
-[...5 lines deleted...]
-    <row r="118" spans="1:6">
+        <v>32.67</v>
+      </c>
+      <c r="F117">
+        <v>3.5</v>
+      </c>
+      <c r="G117" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7">
       <c r="A118">
         <v>2022</v>
       </c>
       <c r="B118" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C118" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D118" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E118">
-        <v>30.035335689</v>
-[...5 lines deleted...]
-    <row r="119" spans="1:6">
+        <v>30.04</v>
+      </c>
+      <c r="F118">
+        <v>5.3</v>
+      </c>
+      <c r="G118" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7">
       <c r="A119">
         <v>2023</v>
       </c>
       <c r="B119" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C119" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D119" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E119">
-        <v>22.6086956522</v>
-[...5 lines deleted...]
-    <row r="120" spans="1:6">
+        <v>22.61</v>
+      </c>
+      <c r="F119">
+        <v>4.4</v>
+      </c>
+      <c r="G119" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7">
       <c r="A120">
         <v>2024</v>
       </c>
       <c r="B120" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C120" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D120" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E120">
-        <v>25.7396449704</v>
-[...5 lines deleted...]
-    <row r="121" spans="1:6">
+        <v>25.74</v>
+      </c>
+      <c r="F120">
+        <v>4.7</v>
+      </c>
+      <c r="G120" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7">
       <c r="A121">
         <v>2020</v>
       </c>
       <c r="B121" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C121" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D121" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E121">
-        <v>79.1044776119</v>
-[...5 lines deleted...]
-    <row r="122" spans="1:6">
+        <v>79.1</v>
+      </c>
+      <c r="F121">
+        <v>4.9</v>
+      </c>
+      <c r="G121" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7">
       <c r="A122">
         <v>2021</v>
       </c>
       <c r="B122" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C122" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D122" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E122">
-        <v>86.8715083799</v>
-[...5 lines deleted...]
-    <row r="123" spans="1:6">
+        <v>86.87</v>
+      </c>
+      <c r="F122">
+        <v>3.5</v>
+      </c>
+      <c r="G122" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7">
       <c r="A123">
         <v>2022</v>
       </c>
       <c r="B123" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C123" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D123" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E123">
-        <v>73.9884393064</v>
-[...5 lines deleted...]
-    <row r="124" spans="1:6">
+        <v>73.99</v>
+      </c>
+      <c r="F123">
+        <v>6.5</v>
+      </c>
+      <c r="G123" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7">
       <c r="A124">
         <v>2023</v>
       </c>
       <c r="B124" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C124" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D124" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E124">
-        <v>27.8481012658</v>
-[...5 lines deleted...]
-    <row r="125" spans="1:6">
+        <v>27.85</v>
+      </c>
+      <c r="F124">
+        <v>4.9</v>
+      </c>
+      <c r="G124" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7">
       <c r="A125">
         <v>2024</v>
       </c>
       <c r="B125" t="s">
+        <v>52</v>
+      </c>
+      <c r="C125" t="s">
+        <v>48</v>
+      </c>
+      <c r="D125" t="s">
+        <v>9</v>
+      </c>
+      <c r="E125">
+        <v>44.5</v>
+      </c>
+      <c r="F125">
+        <v>6.7</v>
+      </c>
+      <c r="G125" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7">
+      <c r="A126">
+        <v>2024</v>
+      </c>
+      <c r="B126" t="s">
+        <v>45</v>
+      </c>
+      <c r="C126" t="s">
+        <v>35</v>
+      </c>
+      <c r="D126" t="s">
+        <v>9</v>
+      </c>
+      <c r="E126">
+        <v>34.23</v>
+      </c>
+      <c r="F126">
+        <v>5.4</v>
+      </c>
+      <c r="G126" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7">
+      <c r="A127">
+        <v>2022</v>
+      </c>
+      <c r="B127" t="s">
+        <v>45</v>
+      </c>
+      <c r="C127" t="s">
+        <v>37</v>
+      </c>
+      <c r="D127" t="s">
+        <v>27</v>
+      </c>
+      <c r="E127">
+        <v>83.33</v>
+      </c>
+      <c r="F127">
+        <v>5.4</v>
+      </c>
+      <c r="G127" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7">
+      <c r="A128">
+        <v>2023</v>
+      </c>
+      <c r="B128" t="s">
+        <v>45</v>
+      </c>
+      <c r="C128" t="s">
+        <v>37</v>
+      </c>
+      <c r="D128" t="s">
+        <v>27</v>
+      </c>
+      <c r="E128">
+        <v>37.42</v>
+      </c>
+      <c r="F128">
+        <v>5.3</v>
+      </c>
+      <c r="G128" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7">
+      <c r="A129">
+        <v>2024</v>
+      </c>
+      <c r="B129" t="s">
+        <v>45</v>
+      </c>
+      <c r="C129" t="s">
+        <v>37</v>
+      </c>
+      <c r="D129" t="s">
+        <v>27</v>
+      </c>
+      <c r="E129">
+        <v>49.84</v>
+      </c>
+      <c r="F129">
+        <v>5.6</v>
+      </c>
+      <c r="G129" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7">
+      <c r="A130">
+        <v>2022</v>
+      </c>
+      <c r="B130" t="s">
+        <v>45</v>
+      </c>
+      <c r="C130" t="s">
+        <v>39</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130">
+        <v>84.5</v>
+      </c>
+      <c r="F130">
+        <v>5.0</v>
+      </c>
+      <c r="G130" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7">
+      <c r="A131">
+        <v>2023</v>
+      </c>
+      <c r="B131" t="s">
+        <v>45</v>
+      </c>
+      <c r="C131" t="s">
+        <v>39</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131">
+        <v>48.94</v>
+      </c>
+      <c r="F131">
+        <v>5.4</v>
+      </c>
+      <c r="G131" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7">
+      <c r="A132">
+        <v>2024</v>
+      </c>
+      <c r="B132" t="s">
+        <v>45</v>
+      </c>
+      <c r="C132" t="s">
+        <v>39</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132">
+        <v>57.81</v>
+      </c>
+      <c r="F132">
+        <v>5.4</v>
+      </c>
+      <c r="G132" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7">
+      <c r="A133">
+        <v>2020</v>
+      </c>
+      <c r="B133" t="s">
+        <v>45</v>
+      </c>
+      <c r="C133" t="s">
+        <v>41</v>
+      </c>
+      <c r="D133" t="s">
+        <v>9</v>
+      </c>
+      <c r="E133">
+        <v>86.94</v>
+      </c>
+      <c r="F133">
+        <v>4.0</v>
+      </c>
+      <c r="G133" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7">
+      <c r="A134">
+        <v>2021</v>
+      </c>
+      <c r="B134" t="s">
+        <v>45</v>
+      </c>
+      <c r="C134" t="s">
+        <v>41</v>
+      </c>
+      <c r="D134" t="s">
+        <v>9</v>
+      </c>
+      <c r="E134">
+        <v>90.78</v>
+      </c>
+      <c r="F134">
+        <v>3.0</v>
+      </c>
+      <c r="G134" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7">
+      <c r="A135">
+        <v>2022</v>
+      </c>
+      <c r="B135" t="s">
+        <v>45</v>
+      </c>
+      <c r="C135" t="s">
+        <v>41</v>
+      </c>
+      <c r="D135" t="s">
+        <v>9</v>
+      </c>
+      <c r="E135">
+        <v>86.96</v>
+      </c>
+      <c r="F135">
+        <v>4.6</v>
+      </c>
+      <c r="G135" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7">
+      <c r="A136">
+        <v>2023</v>
+      </c>
+      <c r="B136" t="s">
+        <v>45</v>
+      </c>
+      <c r="C136" t="s">
+        <v>41</v>
+      </c>
+      <c r="D136" t="s">
+        <v>9</v>
+      </c>
+      <c r="E136">
+        <v>54.68</v>
+      </c>
+      <c r="F136">
+        <v>5.4</v>
+      </c>
+      <c r="G136" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7">
+      <c r="A137">
+        <v>2024</v>
+      </c>
+      <c r="B137" t="s">
+        <v>45</v>
+      </c>
+      <c r="C137" t="s">
+        <v>41</v>
+      </c>
+      <c r="D137" t="s">
+        <v>9</v>
+      </c>
+      <c r="E137">
+        <v>63.58</v>
+      </c>
+      <c r="F137">
+        <v>5.4</v>
+      </c>
+      <c r="G137" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7">
+      <c r="A138">
+        <v>2020</v>
+      </c>
+      <c r="B138" t="s">
+        <v>45</v>
+      </c>
+      <c r="C138" t="s">
+        <v>43</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138">
+        <v>42.83</v>
+      </c>
+      <c r="F138">
+        <v>4.2</v>
+      </c>
+      <c r="G138" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7">
+      <c r="A139">
+        <v>2021</v>
+      </c>
+      <c r="B139" t="s">
+        <v>45</v>
+      </c>
+      <c r="C139" t="s">
+        <v>43</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139">
+        <v>39.54</v>
+      </c>
+      <c r="F139">
+        <v>4.0</v>
+      </c>
+      <c r="G139" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7">
+      <c r="A140">
+        <v>2022</v>
+      </c>
+      <c r="B140" t="s">
+        <v>45</v>
+      </c>
+      <c r="C140" t="s">
+        <v>43</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140">
+        <v>40.69</v>
+      </c>
+      <c r="F140">
+        <v>5.7</v>
+      </c>
+      <c r="G140" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7">
+      <c r="A141">
+        <v>2023</v>
+      </c>
+      <c r="B141" t="s">
+        <v>45</v>
+      </c>
+      <c r="C141" t="s">
+        <v>43</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141">
+        <v>49.86</v>
+      </c>
+      <c r="F141">
+        <v>5.3</v>
+      </c>
+      <c r="G141" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7">
+      <c r="A142">
+        <v>2024</v>
+      </c>
+      <c r="B142" t="s">
+        <v>45</v>
+      </c>
+      <c r="C142" t="s">
+        <v>43</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142">
+        <v>47.34</v>
+      </c>
+      <c r="F142">
+        <v>5.3</v>
+      </c>
+      <c r="G142" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7">
+      <c r="A143">
+        <v>2020</v>
+      </c>
+      <c r="B143" t="s">
+        <v>45</v>
+      </c>
+      <c r="C143" t="s">
         <v>46</v>
       </c>
-      <c r="C125" t="s">
-[...13 lines deleted...]
-      <c r="A126">
+      <c r="D143" t="s">
+        <v>17</v>
+      </c>
+      <c r="E143">
+        <v>22.57</v>
+      </c>
+      <c r="F143">
+        <v>3.0</v>
+      </c>
+      <c r="G143" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7">
+      <c r="A144">
+        <v>2021</v>
+      </c>
+      <c r="B144" t="s">
+        <v>45</v>
+      </c>
+      <c r="C144" t="s">
+        <v>46</v>
+      </c>
+      <c r="D144" t="s">
+        <v>17</v>
+      </c>
+      <c r="E144">
+        <v>38.54</v>
+      </c>
+      <c r="F144">
+        <v>2.2</v>
+      </c>
+      <c r="G144" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7">
+      <c r="A145">
         <v>2022</v>
       </c>
-      <c r="B126" t="s">
+      <c r="B145" t="s">
+        <v>45</v>
+      </c>
+      <c r="C145" t="s">
         <v>46</v>
       </c>
-      <c r="C126" t="s">
-[...13 lines deleted...]
-      <c r="A127">
+      <c r="D145" t="s">
+        <v>17</v>
+      </c>
+      <c r="E145">
+        <v>36.78</v>
+      </c>
+      <c r="F145">
+        <v>4.5</v>
+      </c>
+      <c r="G145" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7">
+      <c r="A146">
         <v>2023</v>
       </c>
-      <c r="B127" t="s">
+      <c r="B146" t="s">
+        <v>45</v>
+      </c>
+      <c r="C146" t="s">
         <v>46</v>
       </c>
-      <c r="C127" t="s">
-[...13 lines deleted...]
-      <c r="A128">
+      <c r="D146" t="s">
+        <v>17</v>
+      </c>
+      <c r="E146">
+        <v>11.33</v>
+      </c>
+      <c r="F146">
+        <v>3.9</v>
+      </c>
+      <c r="G146" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7">
+      <c r="A147">
         <v>2024</v>
       </c>
-      <c r="B128" t="s">
+      <c r="B147" t="s">
+        <v>45</v>
+      </c>
+      <c r="C147" t="s">
         <v>46</v>
       </c>
-      <c r="C128" t="s">
-[...13 lines deleted...]
-      <c r="A129">
+      <c r="D147" t="s">
+        <v>17</v>
+      </c>
+      <c r="E147">
+        <v>33.15</v>
+      </c>
+      <c r="F147">
+        <v>5.1</v>
+      </c>
+      <c r="G147" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7">
+      <c r="A148">
+        <v>2020</v>
+      </c>
+      <c r="B148" t="s">
+        <v>45</v>
+      </c>
+      <c r="C148" t="s">
+        <v>53</v>
+      </c>
+      <c r="D148" t="s">
+        <v>9</v>
+      </c>
+      <c r="E148">
+        <v>88.06</v>
+      </c>
+      <c r="F148">
+        <v>3.9</v>
+      </c>
+      <c r="G148" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7">
+      <c r="A149">
+        <v>2021</v>
+      </c>
+      <c r="B149" t="s">
+        <v>45</v>
+      </c>
+      <c r="C149" t="s">
+        <v>53</v>
+      </c>
+      <c r="D149" t="s">
+        <v>9</v>
+      </c>
+      <c r="E149">
+        <v>88.55</v>
+      </c>
+      <c r="F149">
+        <v>3.3</v>
+      </c>
+      <c r="G149" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7">
+      <c r="A150">
         <v>2022</v>
       </c>
-      <c r="B129" t="s">
-[...16 lines deleted...]
-      <c r="A130">
+      <c r="B150" t="s">
+        <v>45</v>
+      </c>
+      <c r="C150" t="s">
+        <v>53</v>
+      </c>
+      <c r="D150" t="s">
+        <v>9</v>
+      </c>
+      <c r="E150">
+        <v>85.86</v>
+      </c>
+      <c r="F150">
+        <v>4.9</v>
+      </c>
+      <c r="G150" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7">
+      <c r="A151">
         <v>2023</v>
       </c>
-      <c r="B130" t="s">
-[...16 lines deleted...]
-      <c r="A131">
+      <c r="B151" t="s">
+        <v>45</v>
+      </c>
+      <c r="C151" t="s">
+        <v>53</v>
+      </c>
+      <c r="D151" t="s">
+        <v>9</v>
+      </c>
+      <c r="E151">
+        <v>80.0</v>
+      </c>
+      <c r="F151">
+        <v>8.0</v>
+      </c>
+      <c r="G151" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7">
+      <c r="A152">
         <v>2024</v>
       </c>
-      <c r="B131" t="s">
-[...16 lines deleted...]
-      <c r="A132">
+      <c r="B152" t="s">
+        <v>45</v>
+      </c>
+      <c r="C152" t="s">
+        <v>53</v>
+      </c>
+      <c r="D152" t="s">
+        <v>9</v>
+      </c>
+      <c r="E152">
+        <v>89.25</v>
+      </c>
+      <c r="F152">
+        <v>6.3</v>
+      </c>
+      <c r="G152" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7">
+      <c r="A153">
         <v>2020</v>
       </c>
-      <c r="B132" t="s">
-[...16 lines deleted...]
-      <c r="A133">
+      <c r="B153" t="s">
+        <v>52</v>
+      </c>
+      <c r="C153" t="s">
+        <v>48</v>
+      </c>
+      <c r="D153" t="s">
+        <v>9</v>
+      </c>
+      <c r="E153">
+        <v>68.28</v>
+      </c>
+      <c r="F153">
+        <v>5.6</v>
+      </c>
+      <c r="G153" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7">
+      <c r="A154">
         <v>2021</v>
       </c>
-      <c r="B133" t="s">
-[...16 lines deleted...]
-      <c r="A134">
+      <c r="B154" t="s">
+        <v>52</v>
+      </c>
+      <c r="C154" t="s">
+        <v>48</v>
+      </c>
+      <c r="D154" t="s">
+        <v>9</v>
+      </c>
+      <c r="E154">
+        <v>65.08</v>
+      </c>
+      <c r="F154">
+        <v>4.9</v>
+      </c>
+      <c r="G154" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7">
+      <c r="A155">
         <v>2022</v>
       </c>
-      <c r="B134" t="s">
-[...16 lines deleted...]
-      <c r="A135">
+      <c r="B155" t="s">
+        <v>52</v>
+      </c>
+      <c r="C155" t="s">
+        <v>48</v>
+      </c>
+      <c r="D155" t="s">
+        <v>9</v>
+      </c>
+      <c r="E155">
+        <v>59.42</v>
+      </c>
+      <c r="F155">
+        <v>6.7</v>
+      </c>
+      <c r="G155" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7">
+      <c r="A156">
         <v>2023</v>
       </c>
-      <c r="B135" t="s">
-[...351 lines deleted...]
-      <c r="F152" t="s">
+      <c r="B156" t="s">
+        <v>52</v>
+      </c>
+      <c r="C156" t="s">
         <v>48</v>
       </c>
-    </row>
-[...69 lines deleted...]
-      </c>
       <c r="D156" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E156">
-        <v>44.4976076555</v>
-[...5 lines deleted...]
-    <row r="157" spans="1:6">
+        <v>46.8</v>
+      </c>
+      <c r="F156">
+        <v>6.9</v>
+      </c>
+      <c r="G156" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7">
       <c r="A157">
         <v>2020</v>
       </c>
       <c r="B157" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C157" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D157" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E157">
-        <v>88.0597014925</v>
-[...5 lines deleted...]
-    <row r="158" spans="1:6">
+        <v>88.06</v>
+      </c>
+      <c r="F157">
+        <v>3.9</v>
+      </c>
+      <c r="G157" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7">
       <c r="A158">
         <v>2021</v>
       </c>
       <c r="B158" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C158" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D158" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E158">
-        <v>90.5027932961</v>
-[...5 lines deleted...]
-    <row r="159" spans="1:6">
+        <v>90.5</v>
+      </c>
+      <c r="F158">
+        <v>3.0</v>
+      </c>
+      <c r="G158" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7">
       <c r="A159">
         <v>2022</v>
       </c>
       <c r="B159" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C159" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D159" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E159">
-        <v>87.4396135266</v>
-[...5 lines deleted...]
-    <row r="160" spans="1:6">
+        <v>87.44</v>
+      </c>
+      <c r="F159">
+        <v>4.5</v>
+      </c>
+      <c r="G159" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7">
       <c r="A160">
         <v>2023</v>
       </c>
       <c r="B160" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C160" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D160" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E160">
-        <v>66.1538461538</v>
-[...5 lines deleted...]
-    <row r="161" spans="1:6">
+        <v>66.15</v>
+      </c>
+      <c r="F160">
+        <v>6.6</v>
+      </c>
+      <c r="G160" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7">
       <c r="A161">
         <v>2024</v>
       </c>
       <c r="B161" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C161" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D161" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E161">
-        <v>71.2871287129</v>
-[...5 lines deleted...]
-    <row r="162" spans="1:6">
+        <v>71.29</v>
+      </c>
+      <c r="F161">
+        <v>6.2</v>
+      </c>
+      <c r="G161" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7">
       <c r="A162">
         <v>2020</v>
       </c>
       <c r="B162" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C162" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D162" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E162">
-        <v>30.6273062731</v>
-[...5 lines deleted...]
-    <row r="163" spans="1:6">
+        <v>30.63</v>
+      </c>
+      <c r="F162">
+        <v>5.5</v>
+      </c>
+      <c r="G162" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7">
       <c r="A163">
         <v>2021</v>
       </c>
       <c r="B163" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C163" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D163" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E163">
-        <v>29.6089385475</v>
-[...5 lines deleted...]
-    <row r="164" spans="1:6">
+        <v>29.61</v>
+      </c>
+      <c r="F163">
+        <v>4.7</v>
+      </c>
+      <c r="G163" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7">
       <c r="A164">
         <v>2022</v>
       </c>
       <c r="B164" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C164" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D164" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E164">
-        <v>15.7894736842</v>
-[...5 lines deleted...]
-    <row r="165" spans="1:6">
+        <v>15.79</v>
+      </c>
+      <c r="F164">
+        <v>4.9</v>
+      </c>
+      <c r="G164" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7">
       <c r="A165">
         <v>2023</v>
       </c>
       <c r="B165" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C165" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D165" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E165">
-        <v>14.2857142857</v>
-[...5 lines deleted...]
-    <row r="166" spans="1:6">
+        <v>14.29</v>
+      </c>
+      <c r="F165">
+        <v>4.8</v>
+      </c>
+      <c r="G165" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7">
       <c r="A166">
         <v>2024</v>
       </c>
       <c r="B166" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C166" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D166" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E166">
-        <v>15.3110047847</v>
-[...5 lines deleted...]
-    <row r="167" spans="1:6">
+        <v>15.31</v>
+      </c>
+      <c r="F166">
+        <v>4.9</v>
+      </c>
+      <c r="G166" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7">
       <c r="A167">
         <v>2022</v>
       </c>
       <c r="B167" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C167" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D167" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E167">
-        <v>24.2424242424</v>
-[...5 lines deleted...]
-    <row r="168" spans="1:6">
+        <v>24.24</v>
+      </c>
+      <c r="F167">
+        <v>14.6</v>
+      </c>
+      <c r="G167" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7">
       <c r="A168">
         <v>2023</v>
       </c>
       <c r="B168" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C168" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D168" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E168">
-        <v>13.7931034483</v>
-[...5 lines deleted...]
-    <row r="169" spans="1:6">
+        <v>13.79</v>
+      </c>
+      <c r="F168">
+        <v>12.6</v>
+      </c>
+      <c r="G168" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7">
       <c r="A169">
         <v>2024</v>
       </c>
       <c r="B169" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C169" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D169" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E169">
         <v>25.0</v>
       </c>
-      <c r="F169" t="s">
-[...3 lines deleted...]
-    <row r="170" spans="1:6">
+      <c r="F169">
+        <v>15.0</v>
+      </c>
+      <c r="G169" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7">
       <c r="A170">
         <v>2020</v>
       </c>
       <c r="B170" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C170" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D170" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E170">
-        <v>88.6274509804</v>
-[...5 lines deleted...]
-    <row r="171" spans="1:6">
+        <v>88.63</v>
+      </c>
+      <c r="F170">
+        <v>3.9</v>
+      </c>
+      <c r="G170" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7">
       <c r="A171">
         <v>2021</v>
       </c>
       <c r="B171" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C171" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D171" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E171">
-        <v>86.5921787709</v>
-[...5 lines deleted...]
-    <row r="172" spans="1:6">
+        <v>86.59</v>
+      </c>
+      <c r="F171">
+        <v>3.5</v>
+      </c>
+      <c r="G171" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7">
       <c r="A172">
         <v>2022</v>
       </c>
       <c r="B172" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C172" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D172" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E172">
-        <v>78.7037037037</v>
-[...5 lines deleted...]
-    <row r="173" spans="1:6">
+        <v>78.7</v>
+      </c>
+      <c r="F172">
+        <v>5.5</v>
+      </c>
+      <c r="G172" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7">
       <c r="A173">
         <v>2023</v>
       </c>
       <c r="B173" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C173" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D173" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E173">
-        <v>95.5665024631</v>
-[...5 lines deleted...]
-    <row r="174" spans="1:6">
+        <v>95.57</v>
+      </c>
+      <c r="F173">
+        <v>2.8</v>
+      </c>
+      <c r="G173" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7">
       <c r="A174">
         <v>2024</v>
       </c>
       <c r="B174" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C174" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D174" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E174">
-        <v>87.0813397129</v>
-[...5 lines deleted...]
-    <row r="175" spans="1:6">
+        <v>87.08</v>
+      </c>
+      <c r="F174">
+        <v>4.5</v>
+      </c>
+      <c r="G174" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7">
       <c r="A175">
         <v>2020</v>
       </c>
       <c r="B175" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C175" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D175" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E175">
-        <v>26.7527675277</v>
-[...5 lines deleted...]
-    <row r="176" spans="1:6">
+        <v>26.75</v>
+      </c>
+      <c r="F175">
+        <v>3.2</v>
+      </c>
+      <c r="G175" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7">
       <c r="A176">
         <v>2021</v>
       </c>
       <c r="B176" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C176" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D176" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E176">
-        <v>52.6536312849</v>
-[...5 lines deleted...]
-    <row r="177" spans="1:6">
+        <v>52.65</v>
+      </c>
+      <c r="F176">
+        <v>3.9</v>
+      </c>
+      <c r="G176" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7">
       <c r="A177">
         <v>2022</v>
       </c>
       <c r="B177" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C177" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D177" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E177">
-        <v>18.9814814815</v>
-[...5 lines deleted...]
-    <row r="178" spans="1:6">
+        <v>18.98</v>
+      </c>
+      <c r="F177">
+        <v>4.0</v>
+      </c>
+      <c r="G177" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7">
       <c r="A178">
         <v>2023</v>
       </c>
       <c r="B178" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C178" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D178" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E178">
-        <v>6.2038404727</v>
-[...5 lines deleted...]
-    <row r="179" spans="1:6">
+        <v>6.2</v>
+      </c>
+      <c r="F178">
+        <v>3.8</v>
+      </c>
+      <c r="G178" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7">
       <c r="A179">
         <v>2024</v>
       </c>
       <c r="B179" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C179" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D179" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E179">
-        <v>22.3404255319</v>
-[...5 lines deleted...]
-    <row r="180" spans="1:6">
+        <v>22.34</v>
+      </c>
+      <c r="F179">
+        <v>4.9</v>
+      </c>
+      <c r="G179" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7">
       <c r="A180">
         <v>2023</v>
       </c>
       <c r="B180" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C180" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D180" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E180">
-        <v>42.8571428571</v>
-[...5 lines deleted...]
-    <row r="181" spans="1:6">
+        <v>42.86</v>
+      </c>
+      <c r="F180">
+        <v>6.8</v>
+      </c>
+      <c r="G180" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7">
       <c r="A181">
         <v>2024</v>
       </c>
       <c r="B181" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C181" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D181" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E181">
-        <v>45.2261306533</v>
-[...5 lines deleted...]
-    <row r="182" spans="1:6">
+        <v>45.23</v>
+      </c>
+      <c r="F181">
+        <v>6.9</v>
+      </c>
+      <c r="G181" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7">
       <c r="A182">
         <v>2020</v>
       </c>
       <c r="B182" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C182" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D182" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E182">
-        <v>81.3432835821</v>
-[...5 lines deleted...]
-    <row r="183" spans="1:6">
+        <v>81.34</v>
+      </c>
+      <c r="F182">
+        <v>4.7</v>
+      </c>
+      <c r="G182" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7">
       <c r="A183">
         <v>2021</v>
       </c>
       <c r="B183" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C183" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D183" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E183">
-        <v>87.7094972067</v>
-[...5 lines deleted...]
-    <row r="184" spans="1:6">
+        <v>87.71</v>
+      </c>
+      <c r="F183">
+        <v>3.4</v>
+      </c>
+      <c r="G183" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7">
       <c r="A184">
         <v>2022</v>
       </c>
       <c r="B184" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C184" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D184" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E184">
-        <v>80.2431610942</v>
-[...5 lines deleted...]
-    <row r="185" spans="1:6">
+        <v>80.24</v>
+      </c>
+      <c r="F184">
+        <v>3.0</v>
+      </c>
+      <c r="G184" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7">
       <c r="A185">
         <v>2023</v>
       </c>
       <c r="B185" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C185" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D185" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E185">
-        <v>56.5505804312</v>
-[...5 lines deleted...]
-    <row r="186" spans="1:6">
+        <v>56.55</v>
+      </c>
+      <c r="F185">
+        <v>4.0</v>
+      </c>
+      <c r="G185" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7">
       <c r="A186">
         <v>2024</v>
       </c>
       <c r="B186" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C186" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D186" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E186">
         <v>66.25</v>
       </c>
-      <c r="F186" t="s">
-[...3 lines deleted...]
-    <row r="187" spans="1:6">
+      <c r="F186">
+        <v>3.7</v>
+      </c>
+      <c r="G186" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7">
       <c r="A187">
         <v>2020</v>
       </c>
       <c r="B187" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C187" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D187" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E187">
-        <v>3.6900369004</v>
-[...5 lines deleted...]
-    <row r="188" spans="1:6">
+        <v>3.69</v>
+      </c>
+      <c r="F187">
+        <v>2.2</v>
+      </c>
+      <c r="G187" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7">
       <c r="A188">
         <v>2021</v>
       </c>
       <c r="B188" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C188" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D188" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E188">
-        <v>24.3362831858</v>
-[...5 lines deleted...]
-    <row r="189" spans="1:6">
+        <v>24.34</v>
+      </c>
+      <c r="F188">
+        <v>5.6</v>
+      </c>
+      <c r="G188" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7">
       <c r="A189">
         <v>2022</v>
       </c>
       <c r="B189" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C189" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D189" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E189">
-        <v>39.6984924623</v>
-[...5 lines deleted...]
-    <row r="190" spans="1:6">
+        <v>39.7</v>
+      </c>
+      <c r="F189">
+        <v>6.8</v>
+      </c>
+      <c r="G189" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7">
       <c r="A190">
         <v>2023</v>
       </c>
       <c r="B190" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C190" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D190" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E190">
-        <v>33.9901477833</v>
-[...5 lines deleted...]
-    <row r="191" spans="1:6">
+        <v>33.99</v>
+      </c>
+      <c r="F190">
+        <v>6.5</v>
+      </c>
+      <c r="G190" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7">
       <c r="A191">
         <v>2024</v>
       </c>
       <c r="B191" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C191" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D191" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E191">
-        <v>31.5789473684</v>
-[...5 lines deleted...]
-    <row r="192" spans="1:6">
+        <v>31.58</v>
+      </c>
+      <c r="F191">
+        <v>6.3</v>
+      </c>
+      <c r="G191" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7">
       <c r="A192">
         <v>2020</v>
       </c>
       <c r="B192" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C192" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D192" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E192">
-        <v>8.6142322097</v>
-[...5 lines deleted...]
-    <row r="193" spans="1:6">
+        <v>8.61</v>
+      </c>
+      <c r="F192">
+        <v>3.4</v>
+      </c>
+      <c r="G192" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7">
       <c r="A193">
         <v>2021</v>
       </c>
       <c r="B193" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C193" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D193" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E193">
-        <v>6.7039106145</v>
-[...5 lines deleted...]
-    <row r="194" spans="1:6">
+        <v>6.7</v>
+      </c>
+      <c r="F193">
+        <v>2.6</v>
+      </c>
+      <c r="G193" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7">
       <c r="A194">
         <v>2022</v>
       </c>
       <c r="B194" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C194" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D194" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E194">
-        <v>16.3366336634</v>
-[...5 lines deleted...]
-    <row r="195" spans="1:6">
+        <v>16.34</v>
+      </c>
+      <c r="F194">
+        <v>5.1</v>
+      </c>
+      <c r="G194" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7">
       <c r="A195">
         <v>2023</v>
       </c>
       <c r="B195" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C195" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D195" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E195">
-        <v>8.8669950739</v>
-[...5 lines deleted...]
-    <row r="196" spans="1:6">
+        <v>8.87</v>
+      </c>
+      <c r="F195">
+        <v>3.9</v>
+      </c>
+      <c r="G195" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7">
       <c r="A196">
         <v>2024</v>
       </c>
       <c r="B196" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C196" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D196" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E196">
-        <v>8.1339712919</v>
-[...5 lines deleted...]
-    <row r="197" spans="1:6">
+        <v>8.13</v>
+      </c>
+      <c r="F196">
+        <v>3.7</v>
+      </c>
+      <c r="G196" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7">
       <c r="A197">
         <v>2020</v>
       </c>
       <c r="B197" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C197" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D197" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E197">
-        <v>32.4626865672</v>
-[...5 lines deleted...]
-    <row r="198" spans="1:6">
+        <v>32.46</v>
+      </c>
+      <c r="F197">
+        <v>5.6</v>
+      </c>
+      <c r="G197" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7">
       <c r="A198">
         <v>2021</v>
       </c>
       <c r="B198" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C198" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D198" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E198">
-        <v>18.7150837989</v>
-[...5 lines deleted...]
-    <row r="199" spans="1:6">
+        <v>18.72</v>
+      </c>
+      <c r="F198">
+        <v>4.0</v>
+      </c>
+      <c r="G198" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7">
       <c r="A199">
         <v>2022</v>
       </c>
       <c r="B199" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C199" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D199" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E199">
-        <v>36.6336633663</v>
-[...5 lines deleted...]
-    <row r="200" spans="1:6">
+        <v>36.63</v>
+      </c>
+      <c r="F199">
+        <v>6.6</v>
+      </c>
+      <c r="G199" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7">
       <c r="A200">
         <v>2023</v>
       </c>
       <c r="B200" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C200" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D200" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E200">
-        <v>29.5566502463</v>
-[...5 lines deleted...]
-    <row r="201" spans="1:6">
+        <v>29.56</v>
+      </c>
+      <c r="F200">
+        <v>6.3</v>
+      </c>
+      <c r="G200" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7">
       <c r="A201">
         <v>2024</v>
       </c>
       <c r="B201" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C201" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D201" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E201">
-        <v>24.8803827751</v>
-[...5 lines deleted...]
-    <row r="202" spans="1:6">
+        <v>24.88</v>
+      </c>
+      <c r="F201">
+        <v>5.9</v>
+      </c>
+      <c r="G201" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7">
       <c r="A202">
         <v>2020</v>
       </c>
       <c r="B202" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C202" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D202" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E202">
-        <v>86.1940298507</v>
-[...5 lines deleted...]
-    <row r="203" spans="1:6">
+        <v>86.19</v>
+      </c>
+      <c r="F202">
+        <v>4.1</v>
+      </c>
+      <c r="G202" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7">
       <c r="A203">
         <v>2021</v>
       </c>
       <c r="B203" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C203" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D203" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E203">
-        <v>90.5027932961</v>
-[...5 lines deleted...]
-    <row r="204" spans="1:6">
+        <v>90.5</v>
+      </c>
+      <c r="F203">
+        <v>3.0</v>
+      </c>
+      <c r="G203" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7">
       <c r="A204">
         <v>2022</v>
       </c>
       <c r="B204" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C204" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D204" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E204">
-        <v>88.2629107981</v>
-[...5 lines deleted...]
-    <row r="205" spans="1:6">
+        <v>88.26</v>
+      </c>
+      <c r="F204">
+        <v>4.3</v>
+      </c>
+      <c r="G204" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7">
       <c r="A205">
         <v>2023</v>
       </c>
       <c r="B205" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C205" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D205" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E205">
-        <v>61.1940298507</v>
-[...5 lines deleted...]
-    <row r="206" spans="1:6">
+        <v>61.19</v>
+      </c>
+      <c r="F205">
+        <v>6.7</v>
+      </c>
+      <c r="G205" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7">
       <c r="A206">
         <v>2024</v>
       </c>
       <c r="B206" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C206" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D206" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E206">
-        <v>69.801980198</v>
-[...5 lines deleted...]
-    <row r="207" spans="1:6">
+        <v>69.8</v>
+      </c>
+      <c r="F206">
+        <v>6.3</v>
+      </c>
+      <c r="G206" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7">
       <c r="A207">
         <v>2020</v>
       </c>
       <c r="B207" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C207" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D207" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E207">
-        <v>28.8389513109</v>
-[...5 lines deleted...]
-    <row r="208" spans="1:6">
+        <v>28.84</v>
+      </c>
+      <c r="F207">
+        <v>5.4</v>
+      </c>
+      <c r="G207" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7">
       <c r="A208">
         <v>2021</v>
       </c>
       <c r="B208" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C208" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D208" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E208">
-        <v>29.3296089385</v>
-[...5 lines deleted...]
-    <row r="209" spans="1:6">
+        <v>29.33</v>
+      </c>
+      <c r="F208">
+        <v>4.7</v>
+      </c>
+      <c r="G208" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7">
       <c r="A209">
         <v>2022</v>
       </c>
       <c r="B209" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C209" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D209" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E209">
-        <v>30.4568527919</v>
-[...5 lines deleted...]
-    <row r="210" spans="1:6">
+        <v>30.46</v>
+      </c>
+      <c r="F209">
+        <v>6.4</v>
+      </c>
+      <c r="G209" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7">
       <c r="A210">
         <v>2023</v>
       </c>
       <c r="B210" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C210" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D210" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E210">
-        <v>14.2857142857</v>
-[...5 lines deleted...]
-    <row r="211" spans="1:6">
+        <v>14.29</v>
+      </c>
+      <c r="F210">
+        <v>4.8</v>
+      </c>
+      <c r="G210" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7">
       <c r="A211">
         <v>2024</v>
       </c>
       <c r="B211" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C211" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D211" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E211">
-        <v>15.3110047847</v>
-[...5 lines deleted...]
-    <row r="212" spans="1:6">
+        <v>15.31</v>
+      </c>
+      <c r="F211">
+        <v>4.9</v>
+      </c>
+      <c r="G211" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7">
       <c r="A212">
         <v>2020</v>
       </c>
       <c r="B212" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C212" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D212" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E212">
-        <v>79.1044776119</v>
-[...5 lines deleted...]
-    <row r="213" spans="1:6">
+        <v>79.1</v>
+      </c>
+      <c r="F212">
+        <v>4.9</v>
+      </c>
+      <c r="G212" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7">
       <c r="A213">
         <v>2021</v>
       </c>
       <c r="B213" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C213" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D213" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E213">
-        <v>86.8715083799</v>
-[...5 lines deleted...]
-    <row r="214" spans="1:6">
+        <v>86.87</v>
+      </c>
+      <c r="F213">
+        <v>3.5</v>
+      </c>
+      <c r="G213" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7">
       <c r="A214">
         <v>2022</v>
       </c>
       <c r="B214" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C214" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D214" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E214">
-        <v>73.9884393064</v>
-[...5 lines deleted...]
-    <row r="215" spans="1:6">
+        <v>73.99</v>
+      </c>
+      <c r="F214">
+        <v>6.5</v>
+      </c>
+      <c r="G214" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7">
       <c r="A215">
         <v>2023</v>
       </c>
       <c r="B215" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C215" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D215" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E215">
-        <v>30.7262569832</v>
-[...5 lines deleted...]
-    <row r="216" spans="1:6">
+        <v>30.73</v>
+      </c>
+      <c r="F215">
+        <v>6.8</v>
+      </c>
+      <c r="G215" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7">
       <c r="A216">
         <v>2024</v>
       </c>
       <c r="B216" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C216" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D216" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E216">
-        <v>37.0786516854</v>
-[...5 lines deleted...]
-    <row r="217" spans="1:6">
+        <v>37.08</v>
+      </c>
+      <c r="F216">
+        <v>7.1</v>
+      </c>
+      <c r="G216" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7">
       <c r="A217">
         <v>2022</v>
       </c>
       <c r="B217" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C217" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D217" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E217">
-        <v>83.3333333333</v>
-[...5 lines deleted...]
-    <row r="218" spans="1:6">
+        <v>83.33</v>
+      </c>
+      <c r="F217">
+        <v>5.4</v>
+      </c>
+      <c r="G217" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7">
       <c r="A218">
         <v>2023</v>
       </c>
       <c r="B218" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C218" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D218" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E218">
-        <v>38.3783783784</v>
-[...5 lines deleted...]
-    <row r="219" spans="1:6">
+        <v>38.38</v>
+      </c>
+      <c r="F218">
+        <v>7.0</v>
+      </c>
+      <c r="G218" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7">
       <c r="A219">
         <v>2024</v>
       </c>
       <c r="B219" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C219" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D219" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E219">
-        <v>54.5945945946</v>
-[...5 lines deleted...]
-    <row r="220" spans="1:6">
+        <v>54.59</v>
+      </c>
+      <c r="F219">
+        <v>7.2</v>
+      </c>
+      <c r="G219" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7">
       <c r="A220">
         <v>2022</v>
       </c>
       <c r="B220" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C220" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D220" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E220">
         <v>84.5</v>
       </c>
-      <c r="F220" t="s">
-[...3 lines deleted...]
-    <row r="221" spans="1:6">
+      <c r="F220">
+        <v>5.0</v>
+      </c>
+      <c r="G220" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7">
       <c r="A221">
         <v>2023</v>
       </c>
       <c r="B221" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C221" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D221" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E221">
-        <v>52.8795811518</v>
-[...5 lines deleted...]
-    <row r="222" spans="1:6">
+        <v>52.88</v>
+      </c>
+      <c r="F221">
+        <v>7.1</v>
+      </c>
+      <c r="G221" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7">
       <c r="A222">
         <v>2024</v>
       </c>
       <c r="B222" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C222" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D222" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E222">
-        <v>65.4822335025</v>
-[...5 lines deleted...]
-    <row r="223" spans="1:6">
+        <v>65.48</v>
+      </c>
+      <c r="F222">
+        <v>6.6</v>
+      </c>
+      <c r="G222" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7">
       <c r="A223">
         <v>2020</v>
       </c>
       <c r="B223" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C223" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D223" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E223">
-        <v>86.9402985075</v>
-[...5 lines deleted...]
-    <row r="224" spans="1:6">
+        <v>86.94</v>
+      </c>
+      <c r="F223">
+        <v>4.0</v>
+      </c>
+      <c r="G223" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7">
       <c r="A224">
         <v>2021</v>
       </c>
       <c r="B224" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C224" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D224" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E224">
-        <v>90.782122905</v>
-[...5 lines deleted...]
-    <row r="225" spans="1:6">
+        <v>90.78</v>
+      </c>
+      <c r="F224">
+        <v>3.0</v>
+      </c>
+      <c r="G224" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7">
       <c r="A225">
         <v>2022</v>
       </c>
       <c r="B225" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C225" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D225" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E225">
-        <v>86.9565217391</v>
-[...5 lines deleted...]
-    <row r="226" spans="1:6">
+        <v>86.96</v>
+      </c>
+      <c r="F225">
+        <v>4.6</v>
+      </c>
+      <c r="G225" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7">
       <c r="A226">
         <v>2023</v>
       </c>
       <c r="B226" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C226" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D226" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E226">
         <v>63.5</v>
       </c>
-      <c r="F226" t="s">
-[...3 lines deleted...]
-    <row r="227" spans="1:6">
+      <c r="F226">
+        <v>6.7</v>
+      </c>
+      <c r="G226" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7">
       <c r="A227">
         <v>2024</v>
       </c>
       <c r="B227" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C227" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D227" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E227">
-        <v>71.7821782178</v>
-[...5 lines deleted...]
-    <row r="228" spans="1:6">
+        <v>71.78</v>
+      </c>
+      <c r="F227">
+        <v>6.2</v>
+      </c>
+      <c r="G227" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7">
       <c r="A228">
         <v>2020</v>
       </c>
       <c r="B228" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C228" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D228" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E228">
-        <v>42.0074349442</v>
-[...5 lines deleted...]
-    <row r="229" spans="1:6">
+        <v>42.01</v>
+      </c>
+      <c r="F228">
+        <v>5.9</v>
+      </c>
+      <c r="G228" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7">
       <c r="A229">
         <v>2021</v>
       </c>
       <c r="B229" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C229" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D229" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E229">
-        <v>33.0275229358</v>
-[...5 lines deleted...]
-    <row r="230" spans="1:6">
+        <v>33.03</v>
+      </c>
+      <c r="F229">
+        <v>6.2</v>
+      </c>
+      <c r="G229" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7">
       <c r="A230">
         <v>2022</v>
       </c>
       <c r="B230" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C230" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D230" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E230">
-        <v>35.960591133</v>
-[...5 lines deleted...]
-    <row r="231" spans="1:6">
+        <v>35.96</v>
+      </c>
+      <c r="F230">
+        <v>6.6</v>
+      </c>
+      <c r="G230" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7">
       <c r="A231">
         <v>2023</v>
       </c>
       <c r="B231" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C231" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D231" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E231">
-        <v>43.3497536946</v>
-[...5 lines deleted...]
-    <row r="232" spans="1:6">
+        <v>43.35</v>
+      </c>
+      <c r="F231">
+        <v>6.8</v>
+      </c>
+      <c r="G231" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7">
       <c r="A232">
         <v>2024</v>
       </c>
       <c r="B232" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C232" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D232" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E232">
-        <v>44.019138756</v>
-[...5 lines deleted...]
-    <row r="233" spans="1:6">
+        <v>44.02</v>
+      </c>
+      <c r="F232">
+        <v>6.7</v>
+      </c>
+      <c r="G232" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7">
       <c r="A233">
         <v>2020</v>
       </c>
       <c r="B233" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C233" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D233" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E233">
-        <v>45.2644526445</v>
-[...5 lines deleted...]
-    <row r="234" spans="1:6">
+        <v>45.26</v>
+      </c>
+      <c r="F233">
+        <v>3.6</v>
+      </c>
+      <c r="G233" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7">
       <c r="A234">
         <v>2021</v>
       </c>
       <c r="B234" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C234" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D234" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E234">
-        <v>56.0335195531</v>
-[...5 lines deleted...]
-    <row r="235" spans="1:6">
+        <v>56.03</v>
+      </c>
+      <c r="F234">
+        <v>2.5</v>
+      </c>
+      <c r="G234" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7">
       <c r="A235">
         <v>2022</v>
       </c>
       <c r="B235" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C235" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D235" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E235">
-        <v>45.6018518519</v>
-[...5 lines deleted...]
-    <row r="236" spans="1:6">
+        <v>45.6</v>
+      </c>
+      <c r="F235">
+        <v>5.4</v>
+      </c>
+      <c r="G235" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7">
       <c r="A236">
         <v>2023</v>
       </c>
       <c r="B236" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C236" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D236" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E236">
-        <v>27.2727272727</v>
-[...5 lines deleted...]
-    <row r="237" spans="1:6">
+        <v>27.27</v>
+      </c>
+      <c r="F236">
+        <v>4.8</v>
+      </c>
+      <c r="G236" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7">
       <c r="A237">
         <v>2024</v>
       </c>
       <c r="B237" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C237" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D237" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E237">
-        <v>30.2521008403</v>
-[...5 lines deleted...]
-    <row r="238" spans="1:6">
+        <v>30.25</v>
+      </c>
+      <c r="F237">
+        <v>6.2</v>
+      </c>
+      <c r="G237" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7">
       <c r="A238">
         <v>2020</v>
       </c>
       <c r="B238" t="s">
+        <v>52</v>
+      </c>
+      <c r="C238" t="s">
         <v>53</v>
       </c>
-      <c r="C238" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D238" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E238">
-        <v>88.0597014925</v>
-[...5 lines deleted...]
-    <row r="239" spans="1:6">
+        <v>88.06</v>
+      </c>
+      <c r="F238">
+        <v>3.9</v>
+      </c>
+      <c r="G238" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7">
       <c r="A239">
         <v>2021</v>
       </c>
       <c r="B239" t="s">
+        <v>52</v>
+      </c>
+      <c r="C239" t="s">
         <v>53</v>
       </c>
-      <c r="C239" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D239" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E239">
-        <v>88.5474860335</v>
-[...5 lines deleted...]
-    <row r="240" spans="1:6">
+        <v>88.55</v>
+      </c>
+      <c r="F239">
+        <v>3.3</v>
+      </c>
+      <c r="G239" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7">
       <c r="A240">
         <v>2022</v>
       </c>
       <c r="B240" t="s">
+        <v>52</v>
+      </c>
+      <c r="C240" t="s">
         <v>53</v>
       </c>
-      <c r="C240" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D240" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E240">
-        <v>85.8585858586</v>
-[...5 lines deleted...]
-    <row r="241" spans="1:6">
+        <v>85.86</v>
+      </c>
+      <c r="F240">
+        <v>4.9</v>
+      </c>
+      <c r="G240" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7">
       <c r="A241">
         <v>2023</v>
       </c>
       <c r="B241" t="s">
+        <v>52</v>
+      </c>
+      <c r="C241" t="s">
         <v>53</v>
       </c>
-      <c r="C241" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D241" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E241">
         <v>80.0</v>
       </c>
-      <c r="F241" t="s">
-[...3 lines deleted...]
-    <row r="242" spans="1:6">
+      <c r="F241">
+        <v>8.0</v>
+      </c>
+      <c r="G241" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7">
       <c r="A242">
         <v>2024</v>
       </c>
       <c r="B242" t="s">
+        <v>52</v>
+      </c>
+      <c r="C242" t="s">
         <v>53</v>
       </c>
-      <c r="C242" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D242" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E242">
-        <v>89.247311828</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>89.25</v>
+      </c>
+      <c r="F242">
+        <v>6.3</v>
+      </c>
+      <c r="G242" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>