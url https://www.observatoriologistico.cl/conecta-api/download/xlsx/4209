--- v1 (2025-12-04)
+++ v2 (2026-01-26)
@@ -12,215 +12,209 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Actor Logístico</t>
   </si>
   <si>
     <t>Subdimensión</t>
   </si>
   <si>
     <t>Dimensión</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>Margen de Error</t>
   </si>
   <si>
     <t xml:space="preserve"> Comentario</t>
   </si>
   <si>
     <t>Operador</t>
   </si>
   <si>
     <t>Claridad en los requerimientos de despacho de aduanas y fronteras</t>
   </si>
   <si>
-    <t>Satisfacción con Sistema Logístico chileno</t>
+    <t>Desempeño de la Logística</t>
   </si>
   <si>
     <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la claridad en los requerimientos de despacho de aduanas y fronteras?'. Nota: Hasta 2022, esta pregunta se realizó solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Desarrollo de proyectos I+D+I</t>
   </si>
   <si>
-    <t>Desempeño de la Logística chilena</t>
+    <t>Innovación y Desarrollo de la Logística</t>
   </si>
   <si>
     <t>Se obtiene directamente de las respuestas a la pregunta 'Durante los últimos 12 meses, la empresa ¿ha desarrollado proyectos de Investigación, Desarrollo e Innovación (I+D+I) vinculados a la logística?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Desarrollo de proyectos I+D+I de forma colaborativa</t>
   </si>
   <si>
     <t>Se obtiene directamente de las respuestas a la pregunta '¿Se desarrollaron proyectos de Investigación, Desarrollo e Innovación (I+D+I) vinculados a la logística de forma colaborativa, es decir, junto a otras entidades?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Expectativa Futura</t>
   </si>
   <si>
-    <t>Percepción de la Logística chilena</t>
+    <t>Percepción de la Logística</t>
   </si>
   <si>
     <t>Se elabora a partir de un conjunto de preguntas que miden las expectativas futuras respecto al año actual de los actores logísticos. Nota: La métrica de este indicador de percepción puede tomar valores entre -100 y 100 y se obtiene como la diferencia entre la cantidad de respuestas positiva y negativa, respecto al total de respuestas, multiplicado por 100.</t>
   </si>
   <si>
     <t>Indice de Nivel de digitalización (IDE)</t>
   </si>
   <si>
-    <t>TI de la Logística chilena</t>
+    <t>TI de la Logística</t>
   </si>
   <si>
     <t>Se elabora a partir de un conjunto de preguntas que caracterizan el nivel de digitalización de los actores logísticos. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Infraestructura</t>
   </si>
   <si>
     <t>Se elabora a partir de un conjunto de preguntas que caracterizan la infraestructura utilizada por los actores logísticos. Nota: Hasta 2022, estas preguntas se realizaron solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Inversión en capacitaciones</t>
   </si>
   <si>
+    <t>Sostenibilidad de la Logística</t>
+  </si>
+  <si>
     <t>Se obtiene directamente de las respuestas a la pregunta '¿La empresa invirtió dinero en capacitaciones de trabajadores para el servicio logístico durante el año actual?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Medición de huella de carbono</t>
   </si>
   <si>
-    <t>Sostenibilidad de la Logística chilena</t>
-[...1 lines deleted...]
-  <si>
     <t>Se obtiene directamente de las respuestas a la pregunta '¿En su empresa se han adoptado metodologías de medición de la huella de carbono?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Se obtiene directamente de las respuestas a la pregunta '¿Su empresa o área logística cuenta con certificaciones?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Rapidez en el despacho de aduanas y fronteras</t>
   </si>
   <si>
     <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la rapidez en el despacho de aduanas y fronteras de Chile?'. Nota: Hasta 2022, esta pregunta se realizó solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Relacionamiento con la comunidad</t>
   </si>
   <si>
     <t>Se obtiene directamente de las respuestas a la pregunta '¿Su empresa participa en actividades de relacionamiento con la comunidad?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Responsabilidad de los actores logísticos con el medio ambiente</t>
   </si>
   <si>
     <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la responsabilidad de los actores del sistema logístico con el medio ambiente?'. Nota: Hasta 2022, esta pregunta se realizó solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Satisfacción con disponibilidad de capital humano para cubrir trabajos</t>
   </si>
   <si>
     <t>Se obtiene directamente de las respuestas a la pregunta '¿Que tan satisfecho se encuentra con la disponibilidad de capital humano para cubrir vacantes en todos los niveles de trabajo?'. Nota: Hasta 2022, esta pregunta se realizó solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Satisfacción con nivel de digitalización del sistema</t>
   </si>
   <si>
     <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con el nivel de digitalización del sistema logístico de Chile?'. Nota: Hasta 2022, esta pregunta se realizó solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Simplicidad en el proceso de despacho de aduanas y fronteras</t>
   </si>
   <si>
     <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la simplicidad en el proceso de despacho de aduanas y fronteras?'. Nota: Hasta 2022, esta pregunta se realizó solo a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Sistemas de información integrados con otros actores</t>
   </si>
   <si>
     <t>Se obtiene directamente de las respuestas a la pregunta '¿Su empresa o área logística cuenta con al menos un sistema de información integrado con otros actores de la cadena logística que permita la transmisión de datos en línea?'. Nota: La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
-    <t>Total</t>
-[...1 lines deleted...]
-  <si>
     <t>Situación Actual</t>
   </si>
   <si>
     <t>Se elabora a partir de un conjunto de preguntas que caracterizan la situación de los actores logísticos respecto al año anterior. Nota: La métrica de este indicador de percepción puede tomar valores entre -100 y 100 y se obtiene como la diferencia entre la cantidad de respuestas positiva y negativa, respecto al total de respuestas, multiplicado por 100.</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <t>Acceso a sistemas de trazabilidad de carga</t>
   </si>
   <si>
     <t>Se obtiene directamente de las respuestas a la pregunta '¿Su empresa tiene acceso a un sistema de trazabilidad de la carga de comercio exterior?'. Nota: Esta pregunta se hace solamente a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
     <t>Entregas de productos a tiempo y en forma</t>
   </si>
   <si>
     <t>Se obtiene directamente de las respuestas a la pregunta 'En el año actual ¿Qué porcentaje de las entregas del producto principal llegaron a destino en el tiempo estimado y en buen estado?'. Nota: Esta pregunta se hace solamente a empresas usuarias de la logística. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
   </si>
   <si>
-    <t>Usuario</t>
-[...1 lines deleted...]
-  <si>
     <t>Trazabilidad de envíos</t>
   </si>
   <si>
     <t>Se obtiene directamente de las respuestas a la pregunta '¿Qué tan satisfecho se encuentra con la calidad del sistema de trazabilidad de la carga?'. Nota: Esta pregunta se hace solamente a empresas usuarias de la logística que cuentan con acceso a un sistema de trazabilidad. La métrica de este indicador se obtiene como el porcentaje de respuestas positivas respecto al total.</t>
+  </si>
+  <si>
+    <t>Usuario</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -524,51 +518,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G242"/>
+  <dimension ref="A1:G264"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -718,5428 +712,5934 @@
     <row r="8" spans="1:7">
       <c r="A8">
         <v>2024</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8">
         <v>30.23</v>
       </c>
       <c r="F8">
         <v>7.9</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9">
-        <v>23.08</v>
+        <v>34.0</v>
       </c>
       <c r="F9">
-        <v>16.2</v>
+        <v>13.1</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
         <v>14</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10">
-        <v>30.77</v>
+        <v>23.08</v>
       </c>
       <c r="F10">
-        <v>14.5</v>
+        <v>16.2</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>14</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11">
-        <v>41.03</v>
+        <v>30.77</v>
       </c>
       <c r="F11">
-        <v>15.4</v>
+        <v>14.5</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E12">
-        <v>24.53</v>
+        <v>41.03</v>
       </c>
       <c r="F12">
-        <v>3.1</v>
+        <v>15.4</v>
       </c>
       <c r="G12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
         <v>16</v>
       </c>
       <c r="D13" t="s">
         <v>17</v>
       </c>
       <c r="E13">
-        <v>11.42</v>
+        <v>24.53</v>
       </c>
       <c r="F13">
-        <v>2.5</v>
+        <v>3.1</v>
       </c>
       <c r="G13" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
         <v>16</v>
       </c>
       <c r="D14" t="s">
         <v>17</v>
       </c>
       <c r="E14">
-        <v>-6.0</v>
+        <v>11.42</v>
       </c>
       <c r="F14">
-        <v>6.0</v>
+        <v>2.5</v>
       </c>
       <c r="G14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
         <v>16</v>
       </c>
       <c r="D15" t="s">
         <v>17</v>
       </c>
       <c r="E15">
-        <v>8.45</v>
+        <v>-6.0</v>
       </c>
       <c r="F15">
-        <v>4.6</v>
+        <v>6.0</v>
       </c>
       <c r="G15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>16</v>
       </c>
       <c r="D16" t="s">
         <v>17</v>
       </c>
       <c r="E16">
-        <v>5.6</v>
+        <v>8.45</v>
       </c>
       <c r="F16">
-        <v>6.5</v>
+        <v>4.6</v>
       </c>
       <c r="G16" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E17">
-        <v>47.89</v>
+        <v>15.94</v>
       </c>
       <c r="F17">
-        <v>8.2</v>
+        <v>6.6</v>
       </c>
       <c r="G17" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D18" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E18">
-        <v>55.91</v>
+        <v>41.33</v>
       </c>
       <c r="F18">
-        <v>8.6</v>
+        <v>8.8</v>
       </c>
       <c r="G18" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>2023</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E19">
-        <v>49.46</v>
+        <v>47.89</v>
       </c>
       <c r="F19">
-        <v>4.6</v>
+        <v>8.2</v>
       </c>
       <c r="G19" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>2024</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E20">
-        <v>44.79</v>
+        <v>55.91</v>
       </c>
       <c r="F20">
-        <v>5.0</v>
+        <v>8.6</v>
       </c>
       <c r="G20" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E21">
-        <v>18.66</v>
+        <v>66.0</v>
       </c>
       <c r="F21">
-        <v>4.7</v>
+        <v>13.1</v>
       </c>
       <c r="G21" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E22">
-        <v>20.81</v>
+        <v>49.46</v>
       </c>
       <c r="F22">
-        <v>4.3</v>
+        <v>4.6</v>
       </c>
       <c r="G22" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E23">
-        <v>47.67</v>
+        <v>44.79</v>
       </c>
       <c r="F23">
-        <v>10.6</v>
+        <v>5.0</v>
       </c>
       <c r="G23" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E24">
-        <v>50.0</v>
+        <v>64.54</v>
       </c>
       <c r="F24">
-        <v>8.2</v>
+        <v>7.9</v>
       </c>
       <c r="G24" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
         <v>24</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E25">
-        <v>55.81</v>
+        <v>18.66</v>
       </c>
       <c r="F25">
-        <v>8.6</v>
+        <v>4.7</v>
       </c>
       <c r="G25" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D26" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E26">
-        <v>14.93</v>
+        <v>20.81</v>
       </c>
       <c r="F26">
         <v>4.3</v>
       </c>
       <c r="G26" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
+        <v>24</v>
+      </c>
+      <c r="D27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E27">
+        <v>47.67</v>
+      </c>
+      <c r="F27">
+        <v>10.6</v>
+      </c>
+      <c r="G27" t="s">
         <v>26</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
+        <v>24</v>
+      </c>
+      <c r="D28" t="s">
+        <v>25</v>
+      </c>
+      <c r="E28">
+        <v>50.0</v>
+      </c>
+      <c r="F28">
+        <v>8.2</v>
+      </c>
+      <c r="G28" t="s">
         <v>26</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
+        <v>24</v>
+      </c>
+      <c r="D29" t="s">
+        <v>25</v>
+      </c>
+      <c r="E29">
+        <v>55.81</v>
+      </c>
+      <c r="F29">
+        <v>8.6</v>
+      </c>
+      <c r="G29" t="s">
         <v>26</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
+        <v>24</v>
+      </c>
+      <c r="D30" t="s">
+        <v>25</v>
+      </c>
+      <c r="E30">
+        <v>62.0</v>
+      </c>
+      <c r="F30">
+        <v>13.5</v>
+      </c>
+      <c r="G30" t="s">
         <v>26</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
         <v>2020</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D31" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E31">
-        <v>46.64</v>
+        <v>14.93</v>
       </c>
       <c r="F31">
-        <v>6.0</v>
+        <v>4.3</v>
       </c>
       <c r="G31" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
         <v>2021</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D32" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E32">
-        <v>42.77</v>
+        <v>15.9</v>
       </c>
       <c r="F32">
-        <v>5.2</v>
+        <v>3.9</v>
       </c>
       <c r="G32" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
         <v>2022</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D33" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E33">
-        <v>27.59</v>
+        <v>11.76</v>
       </c>
       <c r="F33">
-        <v>9.4</v>
+        <v>6.8</v>
       </c>
       <c r="G33" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>2023</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D34" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E34">
-        <v>48.59</v>
+        <v>14.08</v>
       </c>
       <c r="F34">
-        <v>8.2</v>
+        <v>5.7</v>
       </c>
       <c r="G34" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
         <v>2024</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D35" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E35">
-        <v>48.06</v>
+        <v>20.16</v>
       </c>
       <c r="F35">
-        <v>8.6</v>
+        <v>6.9</v>
       </c>
       <c r="G35" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E36">
-        <v>46.15</v>
+        <v>30.0</v>
       </c>
       <c r="F36">
-        <v>8.6</v>
+        <v>12.7</v>
       </c>
       <c r="G36" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
       <c r="E37">
-        <v>54.0</v>
+        <v>46.15</v>
       </c>
       <c r="F37">
-        <v>9.8</v>
+        <v>8.6</v>
       </c>
       <c r="G37" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D38" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E38">
-        <v>30.22</v>
+        <v>54.0</v>
       </c>
       <c r="F38">
-        <v>5.5</v>
+        <v>9.8</v>
       </c>
       <c r="G38" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D39" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E39">
-        <v>36.13</v>
+        <v>30.22</v>
       </c>
       <c r="F39">
-        <v>5.1</v>
+        <v>5.5</v>
       </c>
       <c r="G39" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D40" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E40">
-        <v>29.07</v>
+        <v>36.13</v>
       </c>
       <c r="F40">
-        <v>9.6</v>
+        <v>5.1</v>
       </c>
       <c r="G40" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D41" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E41">
-        <v>34.51</v>
+        <v>29.07</v>
       </c>
       <c r="F41">
-        <v>7.8</v>
+        <v>9.6</v>
       </c>
       <c r="G41" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B42" t="s">
         <v>7</v>
       </c>
       <c r="C42" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D42" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E42">
-        <v>42.64</v>
+        <v>34.51</v>
       </c>
       <c r="F42">
-        <v>8.5</v>
+        <v>7.8</v>
       </c>
       <c r="G42" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B43" t="s">
         <v>7</v>
       </c>
       <c r="C43" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E43">
-        <v>24.09</v>
+        <v>42.64</v>
       </c>
       <c r="F43">
-        <v>7.2</v>
+        <v>8.5</v>
       </c>
       <c r="G43" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B44" t="s">
         <v>7</v>
       </c>
       <c r="C44" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E44">
-        <v>30.0</v>
+        <v>24.09</v>
       </c>
       <c r="F44">
-        <v>8.2</v>
+        <v>7.2</v>
       </c>
       <c r="G44" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B45" t="s">
         <v>7</v>
       </c>
       <c r="C45" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D45" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E45">
-        <v>36.17</v>
+        <v>30.0</v>
       </c>
       <c r="F45">
-        <v>7.9</v>
+        <v>8.2</v>
       </c>
       <c r="G45" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B46" t="s">
         <v>7</v>
       </c>
       <c r="C46" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D46" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E46">
-        <v>42.5</v>
+        <v>32.0</v>
       </c>
       <c r="F46">
-        <v>8.8</v>
+        <v>12.9</v>
       </c>
       <c r="G46" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
         <v>2023</v>
       </c>
       <c r="B47" t="s">
         <v>7</v>
       </c>
       <c r="C47" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D47" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E47">
-        <v>43.48</v>
+        <v>36.17</v>
       </c>
       <c r="F47">
-        <v>8.3</v>
+        <v>7.9</v>
       </c>
       <c r="G47" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
         <v>2024</v>
       </c>
       <c r="B48" t="s">
         <v>7</v>
       </c>
       <c r="C48" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D48" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E48">
-        <v>45.53</v>
+        <v>42.5</v>
       </c>
       <c r="F48">
         <v>8.8</v>
       </c>
       <c r="G48" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B49" t="s">
         <v>7</v>
       </c>
       <c r="C49" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E49">
-        <v>41.22</v>
+        <v>38.0</v>
       </c>
       <c r="F49">
-        <v>8.4</v>
+        <v>13.5</v>
       </c>
       <c r="G49" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B50" t="s">
         <v>7</v>
       </c>
       <c r="C50" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E50">
-        <v>47.0</v>
+        <v>43.48</v>
       </c>
       <c r="F50">
-        <v>9.8</v>
+        <v>8.3</v>
       </c>
       <c r="G50" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B51" t="s">
         <v>7</v>
       </c>
       <c r="C51" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51">
-        <v>43.66</v>
+        <v>45.53</v>
       </c>
       <c r="F51">
-        <v>5.9</v>
+        <v>8.8</v>
       </c>
       <c r="G51" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B52" t="s">
         <v>7</v>
       </c>
       <c r="C52" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52">
-        <v>43.64</v>
+        <v>54.0</v>
       </c>
       <c r="F52">
-        <v>5.2</v>
+        <v>13.8</v>
       </c>
       <c r="G52" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D53" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E53">
-        <v>51.72</v>
+        <v>41.22</v>
       </c>
       <c r="F53">
-        <v>10.5</v>
+        <v>8.4</v>
       </c>
       <c r="G53" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D54" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E54">
-        <v>59.15</v>
+        <v>47.0</v>
       </c>
       <c r="F54">
-        <v>8.1</v>
+        <v>9.8</v>
       </c>
       <c r="G54" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
         <v>2020</v>
       </c>
       <c r="B55" t="s">
-        <v>45</v>
+        <v>7</v>
       </c>
       <c r="C55" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="D55" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="E55">
-        <v>39.55</v>
+        <v>43.66</v>
       </c>
       <c r="F55">
-        <v>4.1</v>
+        <v>5.9</v>
       </c>
       <c r="G55" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56">
-        <v>52.71</v>
+        <v>43.64</v>
       </c>
       <c r="F56">
-        <v>8.6</v>
+        <v>5.2</v>
       </c>
       <c r="G56" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E57">
-        <v>-0.37</v>
+        <v>51.72</v>
       </c>
       <c r="F57">
-        <v>4.4</v>
+        <v>10.5</v>
       </c>
       <c r="G57" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E58">
-        <v>8.38</v>
+        <v>59.15</v>
       </c>
       <c r="F58">
-        <v>3.9</v>
+        <v>8.1</v>
       </c>
       <c r="G58" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E59">
-        <v>22.35</v>
+        <v>52.71</v>
       </c>
       <c r="F59">
-        <v>7.8</v>
+        <v>8.6</v>
       </c>
       <c r="G59" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E60">
-        <v>-13.38</v>
+        <v>68.0</v>
       </c>
       <c r="F60">
-        <v>6.0</v>
+        <v>12.9</v>
       </c>
       <c r="G60" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D61" t="s">
         <v>17</v>
       </c>
       <c r="E61">
-        <v>38.31</v>
+        <v>-0.37</v>
       </c>
       <c r="F61">
-        <v>8.6</v>
+        <v>4.4</v>
       </c>
       <c r="G61" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B62" t="s">
-        <v>45</v>
+        <v>7</v>
       </c>
       <c r="C62" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E62">
-        <v>68.28</v>
+        <v>8.38</v>
       </c>
       <c r="F62">
-        <v>5.6</v>
+        <v>3.9</v>
       </c>
       <c r="G62" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B63" t="s">
-        <v>45</v>
+        <v>7</v>
       </c>
       <c r="C63" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E63">
-        <v>65.08</v>
+        <v>22.35</v>
       </c>
       <c r="F63">
-        <v>4.9</v>
+        <v>7.8</v>
       </c>
       <c r="G63" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B64" t="s">
-        <v>45</v>
+        <v>7</v>
       </c>
       <c r="C64" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E64">
-        <v>59.42</v>
+        <v>-13.38</v>
       </c>
       <c r="F64">
-        <v>6.7</v>
+        <v>6.0</v>
       </c>
       <c r="G64" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B65" t="s">
-        <v>45</v>
+        <v>7</v>
       </c>
       <c r="C65" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E65">
-        <v>46.8</v>
+        <v>15.83</v>
       </c>
       <c r="F65">
-        <v>6.9</v>
+        <v>8.6</v>
       </c>
       <c r="G65" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B66" t="s">
-        <v>45</v>
+        <v>7</v>
       </c>
       <c r="C66" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D66" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E66">
-        <v>44.5</v>
+        <v>26.0</v>
       </c>
       <c r="F66">
-        <v>6.7</v>
+        <v>10.2</v>
       </c>
       <c r="G66" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
         <v>2020</v>
       </c>
       <c r="B67" t="s">
         <v>45</v>
       </c>
       <c r="C67" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D67" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E67">
-        <v>88.06</v>
+        <v>68.28</v>
       </c>
       <c r="F67">
-        <v>3.9</v>
+        <v>5.6</v>
       </c>
       <c r="G67" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
         <v>2021</v>
       </c>
       <c r="B68" t="s">
         <v>45</v>
       </c>
       <c r="C68" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E68">
-        <v>90.5</v>
+        <v>65.08</v>
       </c>
       <c r="F68">
-        <v>3.0</v>
+        <v>4.9</v>
       </c>
       <c r="G68" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69">
         <v>2022</v>
       </c>
       <c r="B69" t="s">
         <v>45</v>
       </c>
       <c r="C69" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E69">
-        <v>87.44</v>
+        <v>59.42</v>
       </c>
       <c r="F69">
-        <v>4.5</v>
+        <v>6.7</v>
       </c>
       <c r="G69" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70">
         <v>2023</v>
       </c>
       <c r="B70" t="s">
         <v>45</v>
       </c>
       <c r="C70" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E70">
-        <v>61.73</v>
+        <v>46.8</v>
       </c>
       <c r="F70">
-        <v>5.3</v>
+        <v>6.9</v>
       </c>
       <c r="G70" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71">
         <v>2024</v>
       </c>
       <c r="B71" t="s">
         <v>45</v>
       </c>
       <c r="C71" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D71" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E71">
-        <v>65.89</v>
+        <v>44.5</v>
       </c>
       <c r="F71">
-        <v>5.3</v>
+        <v>6.7</v>
       </c>
       <c r="G71" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B72" t="s">
         <v>45</v>
       </c>
       <c r="C72" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E72">
-        <v>22.45</v>
+        <v>62.75</v>
       </c>
       <c r="F72">
-        <v>3.5</v>
+        <v>13.3</v>
       </c>
       <c r="G72" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B73" t="s">
         <v>45</v>
       </c>
       <c r="C73" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E73">
-        <v>21.02</v>
+        <v>88.06</v>
       </c>
       <c r="F73">
-        <v>3.0</v>
+        <v>3.9</v>
       </c>
       <c r="G73" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B74" t="s">
         <v>45</v>
       </c>
       <c r="C74" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E74">
-        <v>19.67</v>
+        <v>90.5</v>
       </c>
       <c r="F74">
-        <v>4.5</v>
+        <v>3.0</v>
       </c>
       <c r="G74" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B75" t="s">
         <v>45</v>
       </c>
       <c r="C75" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D75" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E75">
-        <v>19.71</v>
+        <v>87.44</v>
       </c>
       <c r="F75">
-        <v>4.2</v>
+        <v>4.5</v>
       </c>
       <c r="G75" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B76" t="s">
         <v>45</v>
       </c>
       <c r="C76" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E76">
-        <v>21.01</v>
+        <v>61.73</v>
       </c>
       <c r="F76">
-        <v>4.3</v>
+        <v>5.3</v>
       </c>
       <c r="G76" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="B77" t="s">
         <v>45</v>
       </c>
       <c r="C77" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E77">
-        <v>23.73</v>
+        <v>65.89</v>
       </c>
       <c r="F77">
-        <v>10.9</v>
+        <v>5.3</v>
       </c>
       <c r="G77" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="B78" t="s">
         <v>45</v>
       </c>
       <c r="C78" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78">
-        <v>23.53</v>
+        <v>22.45</v>
       </c>
       <c r="F78">
-        <v>10.1</v>
+        <v>3.5</v>
       </c>
       <c r="G78" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B79" t="s">
         <v>45</v>
       </c>
       <c r="C79" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79">
-        <v>33.8</v>
+        <v>21.02</v>
       </c>
       <c r="F79">
-        <v>11.0</v>
+        <v>3.0</v>
       </c>
       <c r="G79" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B80" t="s">
         <v>45</v>
       </c>
       <c r="C80" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80">
-        <v>88.63</v>
+        <v>19.67</v>
       </c>
       <c r="F80">
-        <v>3.9</v>
+        <v>4.5</v>
       </c>
       <c r="G80" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B81" t="s">
         <v>45</v>
       </c>
       <c r="C81" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81">
-        <v>86.59</v>
+        <v>19.71</v>
       </c>
       <c r="F81">
-        <v>3.5</v>
+        <v>4.2</v>
       </c>
       <c r="G81" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="B82" t="s">
         <v>45</v>
       </c>
       <c r="C82" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82">
-        <v>78.7</v>
+        <v>21.01</v>
       </c>
       <c r="F82">
-        <v>5.5</v>
+        <v>4.3</v>
       </c>
       <c r="G82" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B83" t="s">
         <v>45</v>
       </c>
       <c r="C83" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83">
-        <v>95.57</v>
+        <v>23.76</v>
       </c>
       <c r="F83">
-        <v>2.8</v>
+        <v>8.3</v>
       </c>
       <c r="G83" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="B84" t="s">
         <v>45</v>
       </c>
       <c r="C84" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84">
-        <v>87.08</v>
+        <v>23.73</v>
       </c>
       <c r="F84">
-        <v>4.5</v>
+        <v>10.9</v>
       </c>
       <c r="G84" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="B85" t="s">
         <v>45</v>
       </c>
       <c r="C85" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E85">
-        <v>25.65</v>
+        <v>23.53</v>
       </c>
       <c r="F85">
-        <v>2.2</v>
+        <v>10.1</v>
       </c>
       <c r="G85" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B86" t="s">
         <v>45</v>
       </c>
       <c r="C86" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E86">
-        <v>25.48</v>
+        <v>33.8</v>
       </c>
       <c r="F86">
-        <v>2.3</v>
+        <v>11.0</v>
       </c>
       <c r="G86" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B87" t="s">
         <v>45</v>
       </c>
       <c r="C87" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E87">
-        <v>11.78</v>
+        <v>88.63</v>
       </c>
       <c r="F87">
-        <v>3.3</v>
+        <v>3.9</v>
       </c>
       <c r="G87" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88">
         <v>2021</v>
       </c>
       <c r="B88" t="s">
         <v>45</v>
       </c>
       <c r="C88" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="D88" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E88">
-        <v>30.54</v>
+        <v>86.59</v>
       </c>
       <c r="F88">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="G88" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B89" t="s">
         <v>45</v>
       </c>
       <c r="C89" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E89">
-        <v>7.23</v>
+        <v>78.7</v>
       </c>
       <c r="F89">
-        <v>2.9</v>
+        <v>5.5</v>
       </c>
       <c r="G89" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B90" t="s">
         <v>45</v>
       </c>
       <c r="C90" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E90">
-        <v>15.95</v>
+        <v>95.57</v>
       </c>
       <c r="F90">
-        <v>4.0</v>
+        <v>2.8</v>
       </c>
       <c r="G90" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B91" t="s">
         <v>45</v>
       </c>
       <c r="C91" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="D91" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E91">
-        <v>44.93</v>
+        <v>87.08</v>
       </c>
       <c r="F91">
-        <v>5.2</v>
+        <v>4.5</v>
       </c>
       <c r="G91" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B92" t="s">
         <v>45</v>
       </c>
       <c r="C92" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="D92" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E92">
-        <v>49.39</v>
+        <v>86.27</v>
       </c>
       <c r="F92">
-        <v>5.4</v>
+        <v>9.4</v>
       </c>
       <c r="G92" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93">
         <v>2020</v>
       </c>
       <c r="B93" t="s">
         <v>45</v>
       </c>
       <c r="C93" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D93" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E93">
-        <v>81.34</v>
+        <v>25.65</v>
       </c>
       <c r="F93">
-        <v>4.7</v>
+        <v>2.2</v>
       </c>
       <c r="G93" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94">
         <v>2021</v>
       </c>
       <c r="B94" t="s">
         <v>45</v>
       </c>
       <c r="C94" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E94">
-        <v>87.71</v>
+        <v>25.48</v>
       </c>
       <c r="F94">
-        <v>3.4</v>
+        <v>2.3</v>
       </c>
       <c r="G94" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95">
         <v>2022</v>
       </c>
       <c r="B95" t="s">
         <v>45</v>
       </c>
       <c r="C95" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D95" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E95">
-        <v>80.24</v>
+        <v>11.78</v>
       </c>
       <c r="F95">
-        <v>3.0</v>
+        <v>3.3</v>
       </c>
       <c r="G95" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96">
         <v>2023</v>
       </c>
       <c r="B96" t="s">
         <v>45</v>
       </c>
       <c r="C96" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D96" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E96">
-        <v>53.47</v>
+        <v>7.23</v>
       </c>
       <c r="F96">
-        <v>3.0</v>
+        <v>2.9</v>
       </c>
       <c r="G96" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97">
         <v>2024</v>
       </c>
       <c r="B97" t="s">
         <v>45</v>
       </c>
       <c r="C97" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D97" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E97">
-        <v>58.2</v>
+        <v>20.31</v>
       </c>
       <c r="F97">
-        <v>3.0</v>
+        <v>4.1</v>
       </c>
       <c r="G97" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B98" t="s">
         <v>45</v>
       </c>
       <c r="C98" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D98" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E98">
-        <v>11.13</v>
+        <v>25.74</v>
       </c>
       <c r="F98">
-        <v>2.7</v>
+        <v>6.2</v>
       </c>
       <c r="G98" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B99" t="s">
         <v>45</v>
       </c>
       <c r="C99" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D99" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E99">
-        <v>22.2</v>
+        <v>44.93</v>
       </c>
       <c r="F99">
-        <v>3.4</v>
+        <v>5.2</v>
       </c>
       <c r="G99" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="B100" t="s">
         <v>45</v>
       </c>
       <c r="C100" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D100" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E100">
-        <v>42.11</v>
+        <v>49.39</v>
       </c>
       <c r="F100">
-        <v>5.7</v>
+        <v>5.4</v>
       </c>
       <c r="G100" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B101" t="s">
         <v>45</v>
       </c>
       <c r="C101" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D101" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E101">
-        <v>40.58</v>
+        <v>60.4</v>
       </c>
       <c r="F101">
-        <v>5.2</v>
+        <v>9.5</v>
       </c>
       <c r="G101" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B102" t="s">
         <v>45</v>
       </c>
       <c r="C102" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D102" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E102">
-        <v>40.83</v>
+        <v>81.34</v>
       </c>
       <c r="F102">
-        <v>5.2</v>
+        <v>4.7</v>
       </c>
       <c r="G102" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B103" t="s">
         <v>45</v>
       </c>
       <c r="C103" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D103" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E103">
-        <v>11.78</v>
+        <v>87.71</v>
       </c>
       <c r="F103">
-        <v>2.7</v>
+        <v>3.4</v>
       </c>
       <c r="G103" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B104" t="s">
         <v>45</v>
       </c>
       <c r="C104" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D104" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E104">
-        <v>11.22</v>
+        <v>80.24</v>
       </c>
       <c r="F104">
-        <v>2.3</v>
+        <v>3.0</v>
       </c>
       <c r="G104" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B105" t="s">
         <v>45</v>
       </c>
       <c r="C105" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D105" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E105">
-        <v>14.98</v>
+        <v>53.47</v>
       </c>
       <c r="F105">
-        <v>4.1</v>
+        <v>3.0</v>
       </c>
       <c r="G105" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B106" t="s">
         <v>45</v>
       </c>
       <c r="C106" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D106" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E106">
-        <v>11.01</v>
+        <v>58.2</v>
       </c>
       <c r="F106">
-        <v>3.3</v>
+        <v>3.0</v>
       </c>
       <c r="G106" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B107" t="s">
         <v>45</v>
       </c>
       <c r="C107" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D107" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E107">
-        <v>12.72</v>
+        <v>70.03</v>
       </c>
       <c r="F107">
-        <v>3.6</v>
+        <v>5.3</v>
       </c>
       <c r="G107" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B108" t="s">
         <v>45</v>
       </c>
       <c r="C108" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D108" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E108">
-        <v>33.91</v>
+        <v>11.13</v>
       </c>
       <c r="F108">
-        <v>5.5</v>
+        <v>2.7</v>
       </c>
       <c r="G108" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="B109" t="s">
         <v>45</v>
       </c>
       <c r="C109" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D109" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E109">
-        <v>37.39</v>
+        <v>22.2</v>
       </c>
       <c r="F109">
-        <v>5.1</v>
+        <v>3.4</v>
       </c>
       <c r="G109" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="B110" t="s">
         <v>45</v>
       </c>
       <c r="C110" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D110" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E110">
-        <v>33.73</v>
+        <v>42.11</v>
       </c>
       <c r="F110">
-        <v>5.0</v>
+        <v>5.7</v>
       </c>
       <c r="G110" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="B111" t="s">
         <v>45</v>
       </c>
       <c r="C111" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D111" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E111">
-        <v>86.19</v>
+        <v>40.58</v>
       </c>
       <c r="F111">
-        <v>4.1</v>
+        <v>5.2</v>
       </c>
       <c r="G111" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B112" t="s">
         <v>45</v>
       </c>
       <c r="C112" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D112" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E112">
-        <v>90.5</v>
+        <v>40.83</v>
       </c>
       <c r="F112">
-        <v>3.0</v>
+        <v>5.2</v>
       </c>
       <c r="G112" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="B113" t="s">
         <v>45</v>
       </c>
       <c r="C113" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D113" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E113">
-        <v>88.26</v>
+        <v>53.47</v>
       </c>
       <c r="F113">
-        <v>4.3</v>
+        <v>9.7</v>
       </c>
       <c r="G113" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="B114" t="s">
         <v>45</v>
       </c>
       <c r="C114" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D114" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E114">
-        <v>55.29</v>
+        <v>11.78</v>
       </c>
       <c r="F114">
-        <v>5.4</v>
+        <v>2.7</v>
       </c>
       <c r="G114" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B115" t="s">
         <v>45</v>
       </c>
       <c r="C115" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D115" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E115">
-        <v>64.57</v>
+        <v>11.22</v>
       </c>
       <c r="F115">
-        <v>5.4</v>
+        <v>2.3</v>
       </c>
       <c r="G115" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B116" t="s">
         <v>45</v>
       </c>
       <c r="C116" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="D116" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E116">
-        <v>29.53</v>
+        <v>14.98</v>
       </c>
       <c r="F116">
-        <v>3.9</v>
+        <v>4.1</v>
       </c>
       <c r="G116" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B117" t="s">
         <v>45</v>
       </c>
       <c r="C117" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="D117" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E117">
-        <v>32.67</v>
+        <v>11.01</v>
       </c>
       <c r="F117">
-        <v>3.5</v>
+        <v>3.3</v>
       </c>
       <c r="G117" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="B118" t="s">
         <v>45</v>
       </c>
       <c r="C118" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="D118" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E118">
-        <v>30.04</v>
+        <v>12.72</v>
       </c>
       <c r="F118">
-        <v>5.3</v>
+        <v>3.6</v>
       </c>
       <c r="G118" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B119" t="s">
         <v>45</v>
       </c>
       <c r="C119" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="D119" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E119">
-        <v>22.61</v>
+        <v>25.74</v>
       </c>
       <c r="F119">
-        <v>4.4</v>
+        <v>8.5</v>
       </c>
       <c r="G119" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B120" t="s">
         <v>45</v>
       </c>
       <c r="C120" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D120" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E120">
-        <v>25.74</v>
+        <v>86.19</v>
       </c>
       <c r="F120">
-        <v>4.7</v>
+        <v>4.1</v>
       </c>
       <c r="G120" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B121" t="s">
         <v>45</v>
       </c>
       <c r="C121" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D121" t="s">
         <v>9</v>
       </c>
       <c r="E121">
-        <v>79.1</v>
+        <v>90.5</v>
       </c>
       <c r="F121">
-        <v>4.9</v>
+        <v>3.0</v>
       </c>
       <c r="G121" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B122" t="s">
         <v>45</v>
       </c>
       <c r="C122" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D122" t="s">
         <v>9</v>
       </c>
       <c r="E122">
-        <v>86.87</v>
+        <v>88.26</v>
       </c>
       <c r="F122">
-        <v>3.5</v>
+        <v>4.3</v>
       </c>
       <c r="G122" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B123" t="s">
         <v>45</v>
       </c>
       <c r="C123" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D123" t="s">
         <v>9</v>
       </c>
       <c r="E123">
-        <v>73.99</v>
+        <v>55.29</v>
       </c>
       <c r="F123">
-        <v>6.5</v>
+        <v>5.4</v>
       </c>
       <c r="G123" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B124" t="s">
         <v>45</v>
       </c>
       <c r="C124" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D124" t="s">
         <v>9</v>
       </c>
       <c r="E124">
-        <v>27.85</v>
+        <v>64.57</v>
       </c>
       <c r="F124">
-        <v>4.9</v>
+        <v>5.4</v>
       </c>
       <c r="G124" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B125" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C125" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="D125" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E125">
-        <v>44.5</v>
+        <v>29.53</v>
       </c>
       <c r="F125">
-        <v>6.7</v>
+        <v>3.9</v>
       </c>
       <c r="G125" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B126" t="s">
         <v>45</v>
       </c>
       <c r="C126" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D126" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E126">
-        <v>34.23</v>
+        <v>32.67</v>
       </c>
       <c r="F126">
-        <v>5.4</v>
+        <v>3.5</v>
       </c>
       <c r="G126" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127">
         <v>2022</v>
       </c>
       <c r="B127" t="s">
         <v>45</v>
       </c>
       <c r="C127" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D127" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E127">
-        <v>83.33</v>
+        <v>30.04</v>
       </c>
       <c r="F127">
-        <v>5.4</v>
+        <v>5.3</v>
       </c>
       <c r="G127" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128">
         <v>2023</v>
       </c>
       <c r="B128" t="s">
         <v>45</v>
       </c>
       <c r="C128" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D128" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E128">
-        <v>37.42</v>
+        <v>22.61</v>
       </c>
       <c r="F128">
-        <v>5.3</v>
+        <v>4.4</v>
       </c>
       <c r="G128" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129">
         <v>2024</v>
       </c>
       <c r="B129" t="s">
         <v>45</v>
       </c>
       <c r="C129" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D129" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E129">
-        <v>49.84</v>
+        <v>25.74</v>
       </c>
       <c r="F129">
-        <v>5.6</v>
+        <v>4.7</v>
       </c>
       <c r="G129" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B130" t="s">
         <v>45</v>
       </c>
       <c r="C130" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D130" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E130">
-        <v>84.5</v>
+        <v>79.1</v>
       </c>
       <c r="F130">
-        <v>5.0</v>
+        <v>4.9</v>
       </c>
       <c r="G130" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="B131" t="s">
         <v>45</v>
       </c>
       <c r="C131" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D131" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E131">
-        <v>48.94</v>
+        <v>86.87</v>
       </c>
       <c r="F131">
-        <v>5.4</v>
+        <v>3.5</v>
       </c>
       <c r="G131" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="B132" t="s">
         <v>45</v>
       </c>
       <c r="C132" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D132" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E132">
-        <v>57.81</v>
+        <v>73.99</v>
       </c>
       <c r="F132">
-        <v>5.4</v>
+        <v>6.5</v>
       </c>
       <c r="G132" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="B133" t="s">
         <v>45</v>
       </c>
       <c r="C133" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D133" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E133">
-        <v>86.94</v>
+        <v>27.85</v>
       </c>
       <c r="F133">
-        <v>4.0</v>
+        <v>4.9</v>
       </c>
       <c r="G133" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B134" t="s">
         <v>45</v>
       </c>
       <c r="C134" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D134" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E134">
-        <v>90.78</v>
+        <v>34.23</v>
       </c>
       <c r="F134">
-        <v>3.0</v>
+        <v>5.4</v>
       </c>
       <c r="G134" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="B135" t="s">
         <v>45</v>
       </c>
       <c r="C135" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D135" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E135">
-        <v>86.96</v>
+        <v>38.61</v>
       </c>
       <c r="F135">
-        <v>4.6</v>
+        <v>9.5</v>
       </c>
       <c r="G135" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B136" t="s">
         <v>45</v>
       </c>
       <c r="C136" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D136" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E136">
-        <v>54.68</v>
+        <v>83.33</v>
       </c>
       <c r="F136">
         <v>5.4</v>
       </c>
       <c r="G136" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B137" t="s">
         <v>45</v>
       </c>
       <c r="C137" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D137" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E137">
-        <v>63.58</v>
+        <v>37.42</v>
       </c>
       <c r="F137">
-        <v>5.4</v>
+        <v>5.3</v>
       </c>
       <c r="G137" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B138" t="s">
         <v>45</v>
       </c>
       <c r="C138" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="D138" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E138">
-        <v>42.83</v>
+        <v>49.84</v>
       </c>
       <c r="F138">
-        <v>4.2</v>
+        <v>5.6</v>
       </c>
       <c r="G138" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B139" t="s">
         <v>45</v>
       </c>
       <c r="C139" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="D139" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E139">
-        <v>39.54</v>
+        <v>50.5</v>
       </c>
       <c r="F139">
-        <v>4.0</v>
+        <v>9.8</v>
       </c>
       <c r="G139" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140">
         <v>2022</v>
       </c>
       <c r="B140" t="s">
         <v>45</v>
       </c>
       <c r="C140" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140">
-        <v>40.69</v>
+        <v>84.5</v>
       </c>
       <c r="F140">
-        <v>5.7</v>
+        <v>5.0</v>
       </c>
       <c r="G140" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141">
         <v>2023</v>
       </c>
       <c r="B141" t="s">
         <v>45</v>
       </c>
       <c r="C141" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141">
-        <v>49.86</v>
+        <v>48.94</v>
       </c>
       <c r="F141">
-        <v>5.3</v>
+        <v>5.4</v>
       </c>
       <c r="G141" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142">
         <v>2024</v>
       </c>
       <c r="B142" t="s">
         <v>45</v>
       </c>
       <c r="C142" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142">
-        <v>47.34</v>
+        <v>57.81</v>
       </c>
       <c r="F142">
-        <v>5.3</v>
+        <v>5.4</v>
       </c>
       <c r="G142" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B143" t="s">
         <v>45</v>
       </c>
       <c r="C143" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E143">
-        <v>22.57</v>
+        <v>66.34</v>
       </c>
       <c r="F143">
-        <v>3.0</v>
+        <v>9.2</v>
       </c>
       <c r="G143" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B144" t="s">
         <v>45</v>
       </c>
       <c r="C144" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E144">
-        <v>38.54</v>
+        <v>86.94</v>
       </c>
       <c r="F144">
-        <v>2.2</v>
+        <v>4.0</v>
       </c>
       <c r="G144" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B145" t="s">
         <v>45</v>
       </c>
       <c r="C145" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D145" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E145">
-        <v>36.78</v>
+        <v>90.78</v>
       </c>
       <c r="F145">
-        <v>4.5</v>
+        <v>3.0</v>
       </c>
       <c r="G145" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B146" t="s">
         <v>45</v>
       </c>
       <c r="C146" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E146">
-        <v>11.33</v>
+        <v>86.96</v>
       </c>
       <c r="F146">
-        <v>3.9</v>
+        <v>4.6</v>
       </c>
       <c r="G146" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B147" t="s">
         <v>45</v>
       </c>
       <c r="C147" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D147" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E147">
-        <v>33.15</v>
+        <v>54.68</v>
       </c>
       <c r="F147">
-        <v>5.1</v>
+        <v>5.4</v>
       </c>
       <c r="G147" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B148" t="s">
         <v>45</v>
       </c>
       <c r="C148" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="D148" t="s">
         <v>9</v>
       </c>
       <c r="E148">
-        <v>88.06</v>
+        <v>63.58</v>
       </c>
       <c r="F148">
-        <v>3.9</v>
+        <v>5.4</v>
       </c>
       <c r="G148" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B149" t="s">
         <v>45</v>
       </c>
       <c r="C149" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D149" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E149">
-        <v>88.55</v>
+        <v>42.83</v>
       </c>
       <c r="F149">
-        <v>3.3</v>
+        <v>4.2</v>
       </c>
       <c r="G149" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B150" t="s">
         <v>45</v>
       </c>
       <c r="C150" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D150" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E150">
-        <v>85.86</v>
+        <v>39.54</v>
       </c>
       <c r="F150">
-        <v>4.9</v>
+        <v>4.0</v>
       </c>
       <c r="G150" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B151" t="s">
         <v>45</v>
       </c>
       <c r="C151" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D151" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E151">
-        <v>80.0</v>
+        <v>40.69</v>
       </c>
       <c r="F151">
-        <v>8.0</v>
+        <v>5.7</v>
       </c>
       <c r="G151" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B152" t="s">
         <v>45</v>
       </c>
       <c r="C152" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D152" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E152">
-        <v>89.25</v>
+        <v>49.86</v>
       </c>
       <c r="F152">
-        <v>6.3</v>
+        <v>5.3</v>
       </c>
       <c r="G152" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B153" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C153" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="D153" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E153">
-        <v>68.28</v>
+        <v>47.34</v>
       </c>
       <c r="F153">
-        <v>5.6</v>
+        <v>5.3</v>
       </c>
       <c r="G153" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B154" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C154" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="D154" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E154">
-        <v>65.08</v>
+        <v>65.35</v>
       </c>
       <c r="F154">
-        <v>4.9</v>
+        <v>9.3</v>
       </c>
       <c r="G154" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B155" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C155" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D155" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E155">
-        <v>59.42</v>
+        <v>19.09</v>
       </c>
       <c r="F155">
-        <v>6.7</v>
+        <v>3.3</v>
       </c>
       <c r="G155" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="B156" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C156" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D156" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E156">
-        <v>46.8</v>
+        <v>36.56</v>
       </c>
       <c r="F156">
-        <v>6.9</v>
+        <v>2.4</v>
       </c>
       <c r="G156" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B157" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C157" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="D157" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E157">
-        <v>88.06</v>
+        <v>22.71</v>
       </c>
       <c r="F157">
-        <v>3.9</v>
+        <v>5.5</v>
       </c>
       <c r="G157" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B158" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C158" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="D158" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E158">
-        <v>90.5</v>
+        <v>10.56</v>
       </c>
       <c r="F158">
-        <v>3.0</v>
+        <v>4.2</v>
       </c>
       <c r="G158" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="B159" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C159" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="D159" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E159">
-        <v>87.44</v>
+        <v>25.57</v>
       </c>
       <c r="F159">
-        <v>4.5</v>
+        <v>5.3</v>
       </c>
       <c r="G159" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B160" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C160" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="D160" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E160">
-        <v>66.15</v>
+        <v>30.66</v>
       </c>
       <c r="F160">
-        <v>6.6</v>
+        <v>7.4</v>
       </c>
       <c r="G160" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B161" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C161" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="D161" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E161">
-        <v>71.29</v>
+        <v>88.06</v>
       </c>
       <c r="F161">
-        <v>6.2</v>
+        <v>3.9</v>
       </c>
       <c r="G161" t="s">
-        <v>10</v>
+        <v>51</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B162" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C162" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D162" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E162">
-        <v>30.63</v>
+        <v>88.55</v>
       </c>
       <c r="F162">
-        <v>5.5</v>
+        <v>3.3</v>
       </c>
       <c r="G162" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B163" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C163" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D163" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E163">
-        <v>29.61</v>
+        <v>85.86</v>
       </c>
       <c r="F163">
-        <v>4.7</v>
+        <v>4.9</v>
       </c>
       <c r="G163" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B164" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C164" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D164" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E164">
-        <v>15.79</v>
+        <v>80.0</v>
       </c>
       <c r="F164">
-        <v>4.9</v>
+        <v>8.0</v>
       </c>
       <c r="G164" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B165" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C165" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D165" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E165">
-        <v>14.29</v>
+        <v>89.25</v>
       </c>
       <c r="F165">
-        <v>4.8</v>
+        <v>6.3</v>
       </c>
       <c r="G165" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B166" t="s">
         <v>52</v>
       </c>
       <c r="C166" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="D166" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E166">
-        <v>15.31</v>
+        <v>68.28</v>
       </c>
       <c r="F166">
-        <v>4.9</v>
+        <v>5.6</v>
       </c>
       <c r="G166" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B167" t="s">
         <v>52</v>
       </c>
       <c r="C167" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D167" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E167">
-        <v>24.24</v>
+        <v>65.08</v>
       </c>
       <c r="F167">
-        <v>14.6</v>
+        <v>4.9</v>
       </c>
       <c r="G167" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B168" t="s">
         <v>52</v>
       </c>
       <c r="C168" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D168" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E168">
-        <v>13.79</v>
+        <v>59.42</v>
       </c>
       <c r="F168">
-        <v>12.6</v>
+        <v>6.7</v>
       </c>
       <c r="G168" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B169" t="s">
         <v>52</v>
       </c>
       <c r="C169" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D169" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E169">
-        <v>25.0</v>
+        <v>46.8</v>
       </c>
       <c r="F169">
-        <v>15.0</v>
+        <v>6.9</v>
       </c>
       <c r="G169" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B170" t="s">
         <v>52</v>
       </c>
       <c r="C170" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D170" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E170">
-        <v>88.63</v>
+        <v>44.5</v>
       </c>
       <c r="F170">
-        <v>3.9</v>
+        <v>6.7</v>
       </c>
       <c r="G170" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B171" t="s">
         <v>52</v>
       </c>
       <c r="C171" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D171" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E171">
-        <v>86.59</v>
+        <v>62.75</v>
       </c>
       <c r="F171">
-        <v>3.5</v>
+        <v>13.3</v>
       </c>
       <c r="G171" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B172" t="s">
         <v>52</v>
       </c>
       <c r="C172" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="D172" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E172">
-        <v>78.7</v>
+        <v>88.06</v>
       </c>
       <c r="F172">
-        <v>5.5</v>
+        <v>3.9</v>
       </c>
       <c r="G172" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="B173" t="s">
         <v>52</v>
       </c>
       <c r="C173" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="D173" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E173">
-        <v>95.57</v>
+        <v>90.5</v>
       </c>
       <c r="F173">
-        <v>2.8</v>
+        <v>3.0</v>
       </c>
       <c r="G173" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B174" t="s">
         <v>52</v>
       </c>
       <c r="C174" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="D174" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E174">
-        <v>87.08</v>
+        <v>24.34</v>
       </c>
       <c r="F174">
-        <v>4.5</v>
+        <v>5.6</v>
       </c>
       <c r="G174" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B175" t="s">
         <v>52</v>
       </c>
       <c r="C175" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D175" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E175">
-        <v>26.75</v>
+        <v>87.44</v>
       </c>
       <c r="F175">
-        <v>3.2</v>
+        <v>4.5</v>
       </c>
       <c r="G175" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B176" t="s">
         <v>52</v>
       </c>
       <c r="C176" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D176" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E176">
-        <v>52.65</v>
+        <v>66.15</v>
       </c>
       <c r="F176">
-        <v>3.9</v>
+        <v>6.6</v>
       </c>
       <c r="G176" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="B177" t="s">
         <v>52</v>
       </c>
       <c r="C177" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D177" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E177">
-        <v>18.98</v>
+        <v>71.29</v>
       </c>
       <c r="F177">
-        <v>4.0</v>
+        <v>6.2</v>
       </c>
       <c r="G177" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="B178" t="s">
         <v>52</v>
       </c>
       <c r="C178" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D178" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E178">
-        <v>6.2</v>
+        <v>30.63</v>
       </c>
       <c r="F178">
-        <v>3.8</v>
+        <v>5.5</v>
       </c>
       <c r="G178" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B179" t="s">
         <v>52</v>
       </c>
       <c r="C179" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D179" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E179">
-        <v>22.34</v>
+        <v>29.61</v>
       </c>
       <c r="F179">
-        <v>4.9</v>
+        <v>4.7</v>
       </c>
       <c r="G179" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B180" t="s">
         <v>52</v>
       </c>
       <c r="C180" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D180" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E180">
-        <v>42.86</v>
+        <v>15.79</v>
       </c>
       <c r="F180">
-        <v>6.8</v>
+        <v>4.9</v>
       </c>
       <c r="G180" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B181" t="s">
         <v>52</v>
       </c>
       <c r="C181" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D181" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E181">
-        <v>45.23</v>
+        <v>14.29</v>
       </c>
       <c r="F181">
-        <v>6.9</v>
+        <v>4.8</v>
       </c>
       <c r="G181" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B182" t="s">
         <v>52</v>
       </c>
       <c r="C182" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D182" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E182">
-        <v>81.34</v>
+        <v>15.31</v>
       </c>
       <c r="F182">
-        <v>4.7</v>
+        <v>4.9</v>
       </c>
       <c r="G182" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B183" t="s">
         <v>52</v>
       </c>
       <c r="C183" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D183" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E183">
-        <v>87.71</v>
+        <v>13.73</v>
       </c>
       <c r="F183">
-        <v>3.4</v>
+        <v>9.4</v>
       </c>
       <c r="G183" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184">
         <v>2022</v>
       </c>
       <c r="B184" t="s">
         <v>52</v>
       </c>
       <c r="C184" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D184" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E184">
-        <v>80.24</v>
+        <v>24.24</v>
       </c>
       <c r="F184">
-        <v>3.0</v>
+        <v>14.6</v>
       </c>
       <c r="G184" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185">
         <v>2023</v>
       </c>
       <c r="B185" t="s">
         <v>52</v>
       </c>
       <c r="C185" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D185" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E185">
-        <v>56.55</v>
+        <v>13.79</v>
       </c>
       <c r="F185">
-        <v>4.0</v>
+        <v>12.6</v>
       </c>
       <c r="G185" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186">
         <v>2024</v>
       </c>
       <c r="B186" t="s">
         <v>52</v>
       </c>
       <c r="C186" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D186" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E186">
-        <v>66.25</v>
+        <v>25.0</v>
       </c>
       <c r="F186">
-        <v>3.7</v>
+        <v>15.0</v>
       </c>
       <c r="G186" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187">
         <v>2020</v>
       </c>
       <c r="B187" t="s">
         <v>52</v>
       </c>
       <c r="C187" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="D187" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E187">
-        <v>3.69</v>
+        <v>88.63</v>
       </c>
       <c r="F187">
-        <v>2.2</v>
+        <v>3.9</v>
       </c>
       <c r="G187" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188">
         <v>2021</v>
       </c>
       <c r="B188" t="s">
         <v>52</v>
       </c>
       <c r="C188" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="D188" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E188">
-        <v>24.34</v>
+        <v>86.59</v>
       </c>
       <c r="F188">
-        <v>5.6</v>
+        <v>3.5</v>
       </c>
       <c r="G188" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189">
         <v>2022</v>
       </c>
       <c r="B189" t="s">
         <v>52</v>
       </c>
       <c r="C189" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="D189" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E189">
-        <v>39.7</v>
+        <v>78.7</v>
       </c>
       <c r="F189">
-        <v>6.8</v>
+        <v>5.5</v>
       </c>
       <c r="G189" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190">
         <v>2023</v>
       </c>
       <c r="B190" t="s">
         <v>52</v>
       </c>
       <c r="C190" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="D190" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E190">
-        <v>33.99</v>
+        <v>95.57</v>
       </c>
       <c r="F190">
-        <v>6.5</v>
+        <v>2.8</v>
       </c>
       <c r="G190" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191">
         <v>2024</v>
       </c>
       <c r="B191" t="s">
         <v>52</v>
       </c>
       <c r="C191" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="D191" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E191">
-        <v>31.58</v>
+        <v>87.08</v>
       </c>
       <c r="F191">
-        <v>6.3</v>
+        <v>4.5</v>
       </c>
       <c r="G191" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B192" t="s">
         <v>52</v>
       </c>
       <c r="C192" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="D192" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E192">
-        <v>8.61</v>
+        <v>86.27</v>
       </c>
       <c r="F192">
-        <v>3.4</v>
+        <v>9.4</v>
       </c>
       <c r="G192" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B193" t="s">
         <v>52</v>
       </c>
       <c r="C193" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="D193" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="E193">
-        <v>6.7</v>
+        <v>26.75</v>
       </c>
       <c r="F193">
-        <v>2.6</v>
+        <v>3.2</v>
       </c>
       <c r="G193" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B194" t="s">
         <v>52</v>
       </c>
       <c r="C194" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="D194" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="E194">
-        <v>16.34</v>
+        <v>52.65</v>
       </c>
       <c r="F194">
-        <v>5.1</v>
+        <v>3.9</v>
       </c>
       <c r="G194" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B195" t="s">
         <v>52</v>
       </c>
       <c r="C195" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="D195" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="E195">
-        <v>8.87</v>
+        <v>18.98</v>
       </c>
       <c r="F195">
-        <v>3.9</v>
+        <v>4.0</v>
       </c>
       <c r="G195" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B196" t="s">
         <v>52</v>
       </c>
       <c r="C196" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="D196" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="E196">
-        <v>8.13</v>
+        <v>6.2</v>
       </c>
       <c r="F196">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="G196" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B197" t="s">
         <v>52</v>
       </c>
       <c r="C197" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="D197" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="E197">
-        <v>32.46</v>
+        <v>23.81</v>
       </c>
       <c r="F197">
-        <v>5.6</v>
+        <v>5.0</v>
       </c>
       <c r="G197" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B198" t="s">
         <v>52</v>
       </c>
       <c r="C198" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="D198" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="E198">
-        <v>18.72</v>
+        <v>10.46</v>
       </c>
       <c r="F198">
-        <v>4.0</v>
+        <v>8.1</v>
       </c>
       <c r="G198" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B199" t="s">
         <v>52</v>
       </c>
       <c r="C199" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D199" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="E199">
-        <v>36.63</v>
+        <v>42.86</v>
       </c>
       <c r="F199">
-        <v>6.6</v>
+        <v>6.8</v>
       </c>
       <c r="G199" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B200" t="s">
         <v>52</v>
       </c>
       <c r="C200" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D200" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="E200">
-        <v>29.56</v>
+        <v>45.23</v>
       </c>
       <c r="F200">
-        <v>6.3</v>
+        <v>6.9</v>
       </c>
       <c r="G200" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B201" t="s">
         <v>52</v>
       </c>
       <c r="C201" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D201" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="E201">
-        <v>24.88</v>
+        <v>54.9</v>
       </c>
       <c r="F201">
-        <v>5.9</v>
+        <v>13.7</v>
       </c>
       <c r="G201" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202">
         <v>2020</v>
       </c>
       <c r="B202" t="s">
         <v>52</v>
       </c>
       <c r="C202" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="D202" t="s">
         <v>9</v>
       </c>
       <c r="E202">
-        <v>86.19</v>
+        <v>81.34</v>
       </c>
       <c r="F202">
-        <v>4.1</v>
+        <v>4.7</v>
       </c>
       <c r="G202" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203">
         <v>2021</v>
       </c>
       <c r="B203" t="s">
         <v>52</v>
       </c>
       <c r="C203" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="D203" t="s">
         <v>9</v>
       </c>
       <c r="E203">
-        <v>90.5</v>
+        <v>87.71</v>
       </c>
       <c r="F203">
-        <v>3.0</v>
+        <v>3.4</v>
       </c>
       <c r="G203" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204">
         <v>2022</v>
       </c>
       <c r="B204" t="s">
         <v>52</v>
       </c>
       <c r="C204" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="D204" t="s">
         <v>9</v>
       </c>
       <c r="E204">
-        <v>88.26</v>
+        <v>80.24</v>
       </c>
       <c r="F204">
-        <v>4.3</v>
+        <v>3.0</v>
       </c>
       <c r="G204" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205">
         <v>2023</v>
       </c>
       <c r="B205" t="s">
         <v>52</v>
       </c>
       <c r="C205" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="D205" t="s">
         <v>9</v>
       </c>
       <c r="E205">
-        <v>61.19</v>
+        <v>56.55</v>
       </c>
       <c r="F205">
-        <v>6.7</v>
+        <v>4.0</v>
       </c>
       <c r="G205" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206">
         <v>2024</v>
       </c>
       <c r="B206" t="s">
         <v>52</v>
       </c>
       <c r="C206" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="D206" t="s">
         <v>9</v>
       </c>
       <c r="E206">
-        <v>69.8</v>
+        <v>66.25</v>
       </c>
       <c r="F206">
-        <v>6.3</v>
+        <v>3.7</v>
       </c>
       <c r="G206" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B207" t="s">
         <v>52</v>
       </c>
       <c r="C207" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="D207" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E207">
-        <v>28.84</v>
+        <v>75.34</v>
       </c>
       <c r="F207">
-        <v>5.4</v>
+        <v>7.0</v>
       </c>
       <c r="G207" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B208" t="s">
         <v>52</v>
       </c>
       <c r="C208" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D208" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E208">
-        <v>29.33</v>
+        <v>3.69</v>
       </c>
       <c r="F208">
-        <v>4.7</v>
+        <v>2.2</v>
       </c>
       <c r="G208" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209">
         <v>2022</v>
       </c>
       <c r="B209" t="s">
         <v>52</v>
       </c>
       <c r="C209" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D209" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E209">
-        <v>30.46</v>
+        <v>39.7</v>
       </c>
       <c r="F209">
-        <v>6.4</v>
+        <v>6.8</v>
       </c>
       <c r="G209" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210">
         <v>2023</v>
       </c>
       <c r="B210" t="s">
         <v>52</v>
       </c>
       <c r="C210" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D210" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E210">
-        <v>14.29</v>
+        <v>33.99</v>
       </c>
       <c r="F210">
-        <v>4.8</v>
+        <v>6.5</v>
       </c>
       <c r="G210" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211">
         <v>2024</v>
       </c>
       <c r="B211" t="s">
         <v>52</v>
       </c>
       <c r="C211" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D211" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E211">
-        <v>15.31</v>
+        <v>31.58</v>
       </c>
       <c r="F211">
-        <v>4.9</v>
+        <v>6.3</v>
       </c>
       <c r="G211" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B212" t="s">
         <v>52</v>
       </c>
       <c r="C212" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="D212" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E212">
-        <v>79.1</v>
+        <v>45.1</v>
       </c>
       <c r="F212">
-        <v>4.9</v>
+        <v>13.7</v>
       </c>
       <c r="G212" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B213" t="s">
         <v>52</v>
       </c>
       <c r="C213" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D213" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E213">
-        <v>86.87</v>
+        <v>8.61</v>
       </c>
       <c r="F213">
-        <v>3.5</v>
+        <v>3.4</v>
       </c>
       <c r="G213" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B214" t="s">
         <v>52</v>
       </c>
       <c r="C214" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D214" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E214">
-        <v>73.99</v>
+        <v>6.7</v>
       </c>
       <c r="F214">
-        <v>6.5</v>
+        <v>2.6</v>
       </c>
       <c r="G214" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B215" t="s">
         <v>52</v>
       </c>
       <c r="C215" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D215" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E215">
-        <v>30.73</v>
+        <v>16.34</v>
       </c>
       <c r="F215">
-        <v>6.8</v>
+        <v>5.1</v>
       </c>
       <c r="G215" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B216" t="s">
         <v>52</v>
       </c>
       <c r="C216" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D216" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E216">
-        <v>37.08</v>
+        <v>8.87</v>
       </c>
       <c r="F216">
-        <v>7.1</v>
+        <v>3.9</v>
       </c>
       <c r="G216" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="B217" t="s">
         <v>52</v>
       </c>
       <c r="C217" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="D217" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E217">
-        <v>83.33</v>
+        <v>8.13</v>
       </c>
       <c r="F217">
-        <v>5.4</v>
+        <v>3.7</v>
       </c>
       <c r="G217" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B218" t="s">
         <v>52</v>
       </c>
       <c r="C218" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="D218" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E218">
-        <v>38.38</v>
+        <v>21.57</v>
       </c>
       <c r="F218">
-        <v>7.0</v>
+        <v>11.3</v>
       </c>
       <c r="G218" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B219" t="s">
         <v>52</v>
       </c>
       <c r="C219" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D219" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E219">
-        <v>54.59</v>
+        <v>86.19</v>
       </c>
       <c r="F219">
-        <v>7.2</v>
+        <v>4.1</v>
       </c>
       <c r="G219" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B220" t="s">
         <v>52</v>
       </c>
       <c r="C220" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="D220" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E220">
-        <v>84.5</v>
+        <v>90.5</v>
       </c>
       <c r="F220">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="G220" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B221" t="s">
         <v>52</v>
       </c>
       <c r="C221" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="D221" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E221">
-        <v>52.88</v>
+        <v>88.26</v>
       </c>
       <c r="F221">
-        <v>7.1</v>
+        <v>4.3</v>
       </c>
       <c r="G221" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B222" t="s">
         <v>52</v>
       </c>
       <c r="C222" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="D222" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E222">
-        <v>65.48</v>
+        <v>61.19</v>
       </c>
       <c r="F222">
-        <v>6.6</v>
+        <v>6.7</v>
       </c>
       <c r="G222" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B223" t="s">
         <v>52</v>
       </c>
       <c r="C223" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D223" t="s">
         <v>9</v>
       </c>
       <c r="E223">
-        <v>86.94</v>
+        <v>69.8</v>
       </c>
       <c r="F223">
-        <v>4.0</v>
+        <v>6.3</v>
       </c>
       <c r="G223" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B224" t="s">
         <v>52</v>
       </c>
       <c r="C224" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D224" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E224">
-        <v>90.78</v>
+        <v>28.84</v>
       </c>
       <c r="F224">
-        <v>3.0</v>
+        <v>5.4</v>
       </c>
       <c r="G224" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B225" t="s">
         <v>52</v>
       </c>
       <c r="C225" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D225" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E225">
-        <v>86.96</v>
+        <v>29.33</v>
       </c>
       <c r="F225">
-        <v>4.6</v>
+        <v>4.7</v>
       </c>
       <c r="G225" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B226" t="s">
         <v>52</v>
       </c>
       <c r="C226" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D226" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E226">
-        <v>63.5</v>
+        <v>30.46</v>
       </c>
       <c r="F226">
-        <v>6.7</v>
+        <v>6.4</v>
       </c>
       <c r="G226" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B227" t="s">
         <v>52</v>
       </c>
       <c r="C227" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D227" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E227">
-        <v>71.78</v>
+        <v>14.29</v>
       </c>
       <c r="F227">
-        <v>6.2</v>
+        <v>4.8</v>
       </c>
       <c r="G227" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B228" t="s">
         <v>52</v>
       </c>
       <c r="C228" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="D228" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E228">
-        <v>42.01</v>
+        <v>15.31</v>
       </c>
       <c r="F228">
-        <v>5.9</v>
+        <v>4.9</v>
       </c>
       <c r="G228" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B229" t="s">
         <v>52</v>
       </c>
       <c r="C229" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D229" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E229">
-        <v>33.03</v>
+        <v>79.1</v>
       </c>
       <c r="F229">
-        <v>6.2</v>
+        <v>4.9</v>
       </c>
       <c r="G229" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B230" t="s">
         <v>52</v>
       </c>
       <c r="C230" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D230" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E230">
-        <v>35.96</v>
+        <v>86.87</v>
       </c>
       <c r="F230">
-        <v>6.6</v>
+        <v>3.5</v>
       </c>
       <c r="G230" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B231" t="s">
         <v>52</v>
       </c>
       <c r="C231" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D231" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E231">
-        <v>43.35</v>
+        <v>73.99</v>
       </c>
       <c r="F231">
-        <v>6.8</v>
+        <v>6.5</v>
       </c>
       <c r="G231" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B232" t="s">
         <v>52</v>
       </c>
       <c r="C232" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D232" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E232">
-        <v>44.02</v>
+        <v>30.73</v>
       </c>
       <c r="F232">
-        <v>6.7</v>
+        <v>6.8</v>
       </c>
       <c r="G232" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B233" t="s">
         <v>52</v>
       </c>
       <c r="C233" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D233" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="E233">
-        <v>45.26</v>
+        <v>37.08</v>
       </c>
       <c r="F233">
-        <v>3.6</v>
+        <v>7.1</v>
       </c>
       <c r="G233" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B234" t="s">
         <v>52</v>
       </c>
       <c r="C234" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D234" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="E234">
-        <v>56.03</v>
+        <v>45.1</v>
       </c>
       <c r="F234">
-        <v>2.5</v>
+        <v>13.7</v>
       </c>
       <c r="G234" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235">
         <v>2022</v>
       </c>
       <c r="B235" t="s">
         <v>52</v>
       </c>
       <c r="C235" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="D235" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="E235">
-        <v>45.6</v>
+        <v>83.33</v>
       </c>
       <c r="F235">
         <v>5.4</v>
       </c>
       <c r="G235" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236">
         <v>2023</v>
       </c>
       <c r="B236" t="s">
         <v>52</v>
       </c>
       <c r="C236" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="D236" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="E236">
-        <v>27.27</v>
+        <v>38.38</v>
       </c>
       <c r="F236">
-        <v>4.8</v>
+        <v>7.0</v>
       </c>
       <c r="G236" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237">
         <v>2024</v>
       </c>
       <c r="B237" t="s">
         <v>52</v>
       </c>
       <c r="C237" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="D237" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="E237">
-        <v>30.25</v>
+        <v>54.59</v>
       </c>
       <c r="F237">
-        <v>6.2</v>
+        <v>7.2</v>
       </c>
       <c r="G237" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B238" t="s">
         <v>52</v>
       </c>
       <c r="C238" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="D238" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E238">
-        <v>88.06</v>
+        <v>62.75</v>
       </c>
       <c r="F238">
-        <v>3.9</v>
+        <v>13.3</v>
       </c>
       <c r="G238" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B239" t="s">
         <v>52</v>
       </c>
       <c r="C239" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="D239" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E239">
-        <v>88.55</v>
+        <v>84.5</v>
       </c>
       <c r="F239">
-        <v>3.3</v>
+        <v>5.0</v>
       </c>
       <c r="G239" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B240" t="s">
         <v>52</v>
       </c>
       <c r="C240" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="D240" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E240">
-        <v>85.86</v>
+        <v>52.88</v>
       </c>
       <c r="F240">
-        <v>4.9</v>
+        <v>7.1</v>
       </c>
       <c r="G240" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B241" t="s">
         <v>52</v>
       </c>
       <c r="C241" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="D241" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E241">
-        <v>80.0</v>
+        <v>65.48</v>
       </c>
       <c r="F241">
-        <v>8.0</v>
+        <v>6.6</v>
       </c>
       <c r="G241" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242">
+        <v>2025</v>
+      </c>
+      <c r="B242" t="s">
+        <v>52</v>
+      </c>
+      <c r="C242" t="s">
+        <v>37</v>
+      </c>
+      <c r="D242" t="s">
+        <v>20</v>
+      </c>
+      <c r="E242">
+        <v>78.43</v>
+      </c>
+      <c r="F242">
+        <v>11.3</v>
+      </c>
+      <c r="G242" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7">
+      <c r="A243">
+        <v>2020</v>
+      </c>
+      <c r="B243" t="s">
+        <v>52</v>
+      </c>
+      <c r="C243" t="s">
+        <v>39</v>
+      </c>
+      <c r="D243" t="s">
+        <v>9</v>
+      </c>
+      <c r="E243">
+        <v>86.94</v>
+      </c>
+      <c r="F243">
+        <v>4.0</v>
+      </c>
+      <c r="G243" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7">
+      <c r="A244">
+        <v>2021</v>
+      </c>
+      <c r="B244" t="s">
+        <v>52</v>
+      </c>
+      <c r="C244" t="s">
+        <v>39</v>
+      </c>
+      <c r="D244" t="s">
+        <v>9</v>
+      </c>
+      <c r="E244">
+        <v>90.78</v>
+      </c>
+      <c r="F244">
+        <v>3.0</v>
+      </c>
+      <c r="G244" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7">
+      <c r="A245">
+        <v>2022</v>
+      </c>
+      <c r="B245" t="s">
+        <v>52</v>
+      </c>
+      <c r="C245" t="s">
+        <v>39</v>
+      </c>
+      <c r="D245" t="s">
+        <v>9</v>
+      </c>
+      <c r="E245">
+        <v>86.96</v>
+      </c>
+      <c r="F245">
+        <v>4.6</v>
+      </c>
+      <c r="G245" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7">
+      <c r="A246">
+        <v>2023</v>
+      </c>
+      <c r="B246" t="s">
+        <v>52</v>
+      </c>
+      <c r="C246" t="s">
+        <v>39</v>
+      </c>
+      <c r="D246" t="s">
+        <v>9</v>
+      </c>
+      <c r="E246">
+        <v>63.5</v>
+      </c>
+      <c r="F246">
+        <v>6.7</v>
+      </c>
+      <c r="G246" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7">
+      <c r="A247">
         <v>2024</v>
       </c>
-      <c r="B242" t="s">
-[...5 lines deleted...]
-      <c r="D242" t="s">
+      <c r="B247" t="s">
+        <v>52</v>
+      </c>
+      <c r="C247" t="s">
+        <v>39</v>
+      </c>
+      <c r="D247" t="s">
         <v>9</v>
       </c>
-      <c r="E242">
+      <c r="E247">
+        <v>71.78</v>
+      </c>
+      <c r="F247">
+        <v>6.2</v>
+      </c>
+      <c r="G247" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7">
+      <c r="A248">
+        <v>2020</v>
+      </c>
+      <c r="B248" t="s">
+        <v>52</v>
+      </c>
+      <c r="C248" t="s">
+        <v>41</v>
+      </c>
+      <c r="D248" t="s">
+        <v>20</v>
+      </c>
+      <c r="E248">
+        <v>42.01</v>
+      </c>
+      <c r="F248">
+        <v>5.9</v>
+      </c>
+      <c r="G248" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7">
+      <c r="A249">
+        <v>2021</v>
+      </c>
+      <c r="B249" t="s">
+        <v>52</v>
+      </c>
+      <c r="C249" t="s">
+        <v>41</v>
+      </c>
+      <c r="D249" t="s">
+        <v>20</v>
+      </c>
+      <c r="E249">
+        <v>33.03</v>
+      </c>
+      <c r="F249">
+        <v>6.2</v>
+      </c>
+      <c r="G249" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7">
+      <c r="A250">
+        <v>2022</v>
+      </c>
+      <c r="B250" t="s">
+        <v>52</v>
+      </c>
+      <c r="C250" t="s">
+        <v>41</v>
+      </c>
+      <c r="D250" t="s">
+        <v>20</v>
+      </c>
+      <c r="E250">
+        <v>35.96</v>
+      </c>
+      <c r="F250">
+        <v>6.6</v>
+      </c>
+      <c r="G250" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7">
+      <c r="A251">
+        <v>2023</v>
+      </c>
+      <c r="B251" t="s">
+        <v>52</v>
+      </c>
+      <c r="C251" t="s">
+        <v>41</v>
+      </c>
+      <c r="D251" t="s">
+        <v>20</v>
+      </c>
+      <c r="E251">
+        <v>43.35</v>
+      </c>
+      <c r="F251">
+        <v>6.8</v>
+      </c>
+      <c r="G251" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7">
+      <c r="A252">
+        <v>2024</v>
+      </c>
+      <c r="B252" t="s">
+        <v>52</v>
+      </c>
+      <c r="C252" t="s">
+        <v>41</v>
+      </c>
+      <c r="D252" t="s">
+        <v>20</v>
+      </c>
+      <c r="E252">
+        <v>44.02</v>
+      </c>
+      <c r="F252">
+        <v>6.7</v>
+      </c>
+      <c r="G252" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7">
+      <c r="A253">
+        <v>2025</v>
+      </c>
+      <c r="B253" t="s">
+        <v>52</v>
+      </c>
+      <c r="C253" t="s">
+        <v>41</v>
+      </c>
+      <c r="D253" t="s">
+        <v>20</v>
+      </c>
+      <c r="E253">
+        <v>62.75</v>
+      </c>
+      <c r="F253">
+        <v>13.3</v>
+      </c>
+      <c r="G253" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7">
+      <c r="A254">
+        <v>2020</v>
+      </c>
+      <c r="B254" t="s">
+        <v>52</v>
+      </c>
+      <c r="C254" t="s">
+        <v>43</v>
+      </c>
+      <c r="D254" t="s">
+        <v>17</v>
+      </c>
+      <c r="E254">
+        <v>47.97</v>
+      </c>
+      <c r="F254">
+        <v>4.5</v>
+      </c>
+      <c r="G254" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7">
+      <c r="A255">
+        <v>2021</v>
+      </c>
+      <c r="B255" t="s">
+        <v>52</v>
+      </c>
+      <c r="C255" t="s">
+        <v>43</v>
+      </c>
+      <c r="D255" t="s">
+        <v>17</v>
+      </c>
+      <c r="E255">
+        <v>56.98</v>
+      </c>
+      <c r="F255">
+        <v>2.8</v>
+      </c>
+      <c r="G255" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7">
+      <c r="A256">
+        <v>2022</v>
+      </c>
+      <c r="B256" t="s">
+        <v>52</v>
+      </c>
+      <c r="C256" t="s">
+        <v>43</v>
+      </c>
+      <c r="D256" t="s">
+        <v>17</v>
+      </c>
+      <c r="E256">
+        <v>23.15</v>
+      </c>
+      <c r="F256">
+        <v>7.4</v>
+      </c>
+      <c r="G256" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7">
+      <c r="A257">
+        <v>2023</v>
+      </c>
+      <c r="B257" t="s">
+        <v>52</v>
+      </c>
+      <c r="C257" t="s">
+        <v>43</v>
+      </c>
+      <c r="D257" t="s">
+        <v>17</v>
+      </c>
+      <c r="E257">
+        <v>32.07</v>
+      </c>
+      <c r="F257">
+        <v>5.5</v>
+      </c>
+      <c r="G257" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7">
+      <c r="A258">
+        <v>2024</v>
+      </c>
+      <c r="B258" t="s">
+        <v>52</v>
+      </c>
+      <c r="C258" t="s">
+        <v>43</v>
+      </c>
+      <c r="D258" t="s">
+        <v>17</v>
+      </c>
+      <c r="E258">
+        <v>32.63</v>
+      </c>
+      <c r="F258">
+        <v>6.6</v>
+      </c>
+      <c r="G258" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7">
+      <c r="A259">
+        <v>2025</v>
+      </c>
+      <c r="B259" t="s">
+        <v>52</v>
+      </c>
+      <c r="C259" t="s">
+        <v>43</v>
+      </c>
+      <c r="D259" t="s">
+        <v>17</v>
+      </c>
+      <c r="E259">
+        <v>36.29</v>
+      </c>
+      <c r="F259">
+        <v>10.6</v>
+      </c>
+      <c r="G259" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7">
+      <c r="A260">
+        <v>2020</v>
+      </c>
+      <c r="B260" t="s">
+        <v>52</v>
+      </c>
+      <c r="C260" t="s">
+        <v>50</v>
+      </c>
+      <c r="D260" t="s">
+        <v>20</v>
+      </c>
+      <c r="E260">
+        <v>88.06</v>
+      </c>
+      <c r="F260">
+        <v>3.9</v>
+      </c>
+      <c r="G260" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7">
+      <c r="A261">
+        <v>2021</v>
+      </c>
+      <c r="B261" t="s">
+        <v>52</v>
+      </c>
+      <c r="C261" t="s">
+        <v>50</v>
+      </c>
+      <c r="D261" t="s">
+        <v>20</v>
+      </c>
+      <c r="E261">
+        <v>88.55</v>
+      </c>
+      <c r="F261">
+        <v>3.3</v>
+      </c>
+      <c r="G261" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7">
+      <c r="A262">
+        <v>2022</v>
+      </c>
+      <c r="B262" t="s">
+        <v>52</v>
+      </c>
+      <c r="C262" t="s">
+        <v>50</v>
+      </c>
+      <c r="D262" t="s">
+        <v>20</v>
+      </c>
+      <c r="E262">
+        <v>85.86</v>
+      </c>
+      <c r="F262">
+        <v>4.9</v>
+      </c>
+      <c r="G262" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7">
+      <c r="A263">
+        <v>2023</v>
+      </c>
+      <c r="B263" t="s">
+        <v>52</v>
+      </c>
+      <c r="C263" t="s">
+        <v>50</v>
+      </c>
+      <c r="D263" t="s">
+        <v>20</v>
+      </c>
+      <c r="E263">
+        <v>80.0</v>
+      </c>
+      <c r="F263">
+        <v>8.0</v>
+      </c>
+      <c r="G263" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7">
+      <c r="A264">
+        <v>2024</v>
+      </c>
+      <c r="B264" t="s">
+        <v>52</v>
+      </c>
+      <c r="C264" t="s">
+        <v>50</v>
+      </c>
+      <c r="D264" t="s">
+        <v>20</v>
+      </c>
+      <c r="E264">
         <v>89.25</v>
       </c>
-      <c r="F242">
+      <c r="F264">
         <v>6.3</v>
       </c>
-      <c r="G242" t="s">
-        <v>54</v>
+      <c r="G264" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>